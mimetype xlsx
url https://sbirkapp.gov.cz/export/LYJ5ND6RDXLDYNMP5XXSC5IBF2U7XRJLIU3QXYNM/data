--- v0 (2025-12-24)
+++ v1 (2026-03-03)
@@ -1273,51 +1273,51 @@
       <c r="H6" s="1">
         <v>45644</v>
       </c>
       <c r="I6" s="1">
         <v>45645.60703172885</v>
       </c>
       <c r="J6" t="s">
         <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
         <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>62</v>
       </c>
       <c r="P6" t="s">
         <v>63</v>
       </c>
       <c r="R6" t="s">
         <v>64</v>
       </c>
       <c r="S6" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1">
         <v>46023</v>
       </c>
       <c r="U6" s="2" t="s">
         <v>65</v>
       </c>
       <c r="V6" t="s">
         <v>66</v>
       </c>
       <c r="W6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
@@ -1335,51 +1335,51 @@
       <c r="H7" s="1">
         <v>45644</v>
       </c>
       <c r="I7" s="1">
         <v>45645.60701936398</v>
       </c>
       <c r="J7" t="s">
         <v>53</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
         <v>46</v>
       </c>
       <c r="N7" t="s">
         <v>47</v>
       </c>
       <c r="P7" t="s">
         <v>68</v>
       </c>
       <c r="R7" t="s">
         <v>69</v>
       </c>
       <c r="S7" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1">
         <v>46023</v>
       </c>
       <c r="U7" s="2" t="s">
         <v>70</v>
       </c>
       <c r="V7" t="s">
         <v>71</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">