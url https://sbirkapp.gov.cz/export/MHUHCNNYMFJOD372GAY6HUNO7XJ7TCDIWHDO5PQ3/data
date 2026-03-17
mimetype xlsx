--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -1329,51 +1329,51 @@
       <c r="H10" s="1">
         <v>45274</v>
       </c>
       <c r="I10" s="1">
         <v>45275.37370212965</v>
       </c>
       <c r="J10" t="s">
         <v>81</v>
       </c>
       <c r="K10" t="s">
         <v>31</v>
       </c>
       <c r="M10" t="s">
         <v>32</v>
       </c>
       <c r="N10" t="s">
         <v>33</v>
       </c>
       <c r="P10" t="s">
         <v>88</v>
       </c>
       <c r="R10" t="s">
         <v>89</v>
       </c>
       <c r="S10" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1">
         <v>46023</v>
       </c>
       <c r="U10" s="2" t="s">
         <v>90</v>
       </c>
       <c r="V10" t="s">
         <v>91</v>
       </c>
       <c r="W10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">