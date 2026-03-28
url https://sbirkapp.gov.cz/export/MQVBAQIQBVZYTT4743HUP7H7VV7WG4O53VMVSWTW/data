--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -972,51 +972,51 @@
       <c r="H4" s="1">
         <v>45642</v>
       </c>
       <c r="I4" s="1">
         <v>45642.77591280007</v>
       </c>
       <c r="J4" t="s">
         <v>39</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>32</v>
       </c>
       <c r="N4" t="s">
         <v>33</v>
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
       <c r="R4" t="s">
         <v>46</v>
       </c>
       <c r="S4" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1">
         <v>46022</v>
       </c>
       <c r="U4" s="2" t="s">
         <v>47</v>
       </c>
       <c r="V4" t="s">
         <v>48</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">