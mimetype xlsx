--- v0 (2025-12-12)
+++ v1 (2026-03-03)
@@ -1184,51 +1184,51 @@
       <c r="H8" s="1">
         <v>44257</v>
       </c>
       <c r="I8" s="1">
         <v>44995.47395516426</v>
       </c>
       <c r="J8" t="s">
         <v>77</v>
       </c>
       <c r="K8" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="1">
         <v>44257</v>
       </c>
       <c r="M8" t="s">
         <v>32</v>
       </c>
       <c r="N8" t="s">
         <v>33</v>
       </c>
       <c r="R8" t="s">
         <v>78</v>
       </c>
       <c r="S8" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1">
         <v>46023</v>
       </c>
       <c r="U8" s="2" t="s">
         <v>79</v>
       </c>
       <c r="V8" t="s">
         <v>80</v>
       </c>
       <c r="W8">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">