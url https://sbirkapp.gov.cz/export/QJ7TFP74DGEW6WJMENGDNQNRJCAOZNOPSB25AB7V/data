--- v0 (2025-12-10)
+++ v1 (2026-03-14)
@@ -1257,51 +1257,51 @@
       <c r="G10" t="s">
         <v>86</v>
       </c>
       <c r="H10" s="1">
         <v>45246</v>
       </c>
       <c r="I10" s="1">
         <v>45264.75396253667</v>
       </c>
       <c r="J10" t="s">
         <v>80</v>
       </c>
       <c r="K10" t="s">
         <v>31</v>
       </c>
       <c r="M10" t="s">
         <v>32</v>
       </c>
       <c r="N10" t="s">
         <v>33</v>
       </c>
       <c r="R10" t="s">
         <v>87</v>
       </c>
       <c r="S10" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1">
         <v>46023</v>
       </c>
       <c r="U10" s="2" t="s">
         <v>88</v>
       </c>
       <c r="V10" t="s">
         <v>89</v>
       </c>
       <c r="W10">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U7" r:id="rId5"/>
     <hyperlink ref="U8" r:id="rId6"/>
     <hyperlink ref="U9" r:id="rId7"/>
     <hyperlink ref="U10" r:id="rId8"/>
   </hyperlinks>