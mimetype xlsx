--- v0 (2025-12-11)
+++ v1 (2026-03-15)
@@ -1011,51 +1011,51 @@
       <c r="H4" s="1">
         <v>45929</v>
       </c>
       <c r="I4" s="1">
         <v>45946.41836224001</v>
       </c>
       <c r="J4" t="s">
         <v>30</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>32</v>
       </c>
       <c r="N4" t="s">
         <v>33</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
       <c r="R4" t="s">
         <v>47</v>
       </c>
       <c r="S4" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1">
         <v>46023</v>
       </c>
       <c r="U4" s="2" t="s">
         <v>48</v>
       </c>
       <c r="V4" t="s">
         <v>49</v>
       </c>
       <c r="W4">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
@@ -1073,51 +1073,51 @@
       <c r="H5" s="1">
         <v>45637</v>
       </c>
       <c r="I5" s="1">
         <v>45646.4359013366</v>
       </c>
       <c r="J5" t="s">
         <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
         <v>32</v>
       </c>
       <c r="N5" t="s">
         <v>33</v>
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1">
         <v>46023</v>
       </c>
       <c r="U5" s="2" t="s">
         <v>53</v>
       </c>
       <c r="V5" t="s">
         <v>54</v>
       </c>
       <c r="W5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
@@ -1683,51 +1683,51 @@
       <c r="G16" t="s">
         <v>121</v>
       </c>
       <c r="H16" s="1">
         <v>45176</v>
       </c>
       <c r="I16" s="1">
         <v>45188.43732889385</v>
       </c>
       <c r="J16" t="s">
         <v>103</v>
       </c>
       <c r="K16" t="s">
         <v>31</v>
       </c>
       <c r="M16" t="s">
         <v>122</v>
       </c>
       <c r="N16" t="s">
         <v>123</v>
       </c>
       <c r="R16" t="s">
         <v>124</v>
       </c>
       <c r="S16" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T16" s="1">
         <v>46023</v>
       </c>
       <c r="U16" s="2" t="s">
         <v>125</v>
       </c>
       <c r="V16" t="s">
         <v>126</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>