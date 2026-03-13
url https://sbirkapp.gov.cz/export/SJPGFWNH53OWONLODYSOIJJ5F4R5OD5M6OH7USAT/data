--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="118">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -112,53 +112,50 @@
     <t>9jwa87c</t>
   </si>
   <si>
     <t>Pardubický kraj</t>
   </si>
   <si>
     <t>1/2025</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce Žampach o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>2026-01-01</t>
   </si>
   <si>
     <t>Běžný</t>
   </si>
   <si>
     <t>místní poplatek za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za obecní systém odpadového hospodářství</t>
-  </si>
-[...1 lines deleted...]
-    <t>5/2023: Obecně závazná vyhláška obce Žampach o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPUYOT7XNVLPHKM</t>
   </si>
   <si>
     <t>1626403998</t>
   </si>
   <si>
     <t>1/2024</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce Žampach o stanovení místního koeficientu pro jednotlivé skupiny nemovitých věcí</t>
   </si>
   <si>
     <t>2025-01-01</t>
   </si>
   <si>
     <t>daň z nemovitých věcí - místní koeficient</t>
   </si>
   <si>
     <t>zákon č. 338/1992 Sb., o dani z nemovitých věcí - § 12 odst. 1 písm. a) bod 4</t>
   </si>
   <si>
     <t>1/2015: o stanovení koeficientu pro výpočet daně z nemovitých věcí</t>
   </si>
@@ -868,778 +865,772 @@
       </c>
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="1">
         <v>46008</v>
       </c>
       <c r="I2" s="1">
         <v>46020.68486700428</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="K2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
-      <c r="P2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S2" t="b">
         <v>1</v>
       </c>
       <c r="U2" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="V2" t="s">
         <v>35</v>
       </c>
-      <c r="V2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H3" s="1">
         <v>45525</v>
       </c>
       <c r="I3" s="1">
         <v>45554.62763772944</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
         <v>40</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="S3" t="b">
         <v>1</v>
       </c>
       <c r="U3" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="V3" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>28</v>
       </c>
       <c r="G4" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="1">
         <v>45231</v>
       </c>
       <c r="I4" s="1">
         <v>45281.5195221711</v>
       </c>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>32</v>
       </c>
       <c r="N4" t="s">
         <v>33</v>
       </c>
       <c r="P4" t="s">
+        <v>46</v>
+      </c>
+      <c r="R4" t="s">
         <v>47</v>
       </c>
-      <c r="R4" t="s">
+      <c r="S4" t="b">
+        <v>1</v>
+      </c>
+      <c r="U4" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="S4" t="b">
-[...5 lines deleted...]
-      <c r="U4" s="2" t="s">
+      <c r="V4" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H5" s="1">
         <v>45231</v>
       </c>
       <c r="I5" s="1">
         <v>45281.51769974177</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
         <v>53</v>
       </c>
-      <c r="N5" t="s">
+      <c r="P5" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="S5" t="b">
         <v>1</v>
       </c>
       <c r="U5" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="V5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H6" s="1">
         <v>45231</v>
       </c>
       <c r="I6" s="1">
         <v>45281.51658031148</v>
       </c>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
         <v>60</v>
       </c>
-      <c r="N6" t="s">
+      <c r="P6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="S6" t="b">
         <v>1</v>
       </c>
       <c r="U6" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="V6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H7" s="1">
         <v>45231</v>
       </c>
       <c r="I7" s="1">
         <v>45281.51444571665</v>
       </c>
       <c r="J7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
         <v>67</v>
       </c>
-      <c r="N7" t="s">
+      <c r="P7" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="S7" t="b">
         <v>1</v>
       </c>
       <c r="U7" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="V7" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H8" s="1">
         <v>44986</v>
       </c>
       <c r="I8" s="1">
         <v>44993.63737253454</v>
       </c>
       <c r="J8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K8" t="s">
         <v>31</v>
       </c>
       <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
         <v>67</v>
       </c>
-      <c r="N8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P8" t="s">
+        <v>74</v>
+      </c>
+      <c r="R8" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="S8" t="b">
         <v>0</v>
       </c>
       <c r="T8" s="1">
         <v>45292</v>
       </c>
       <c r="U8" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="V8" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="W8">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="H9" s="1">
         <v>44544</v>
       </c>
       <c r="I9" s="1">
         <v>44574.48409347427</v>
       </c>
       <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="L9" s="1">
         <v>44544</v>
       </c>
       <c r="M9" t="s">
         <v>32</v>
       </c>
       <c r="N9" t="s">
         <v>33</v>
       </c>
       <c r="R9" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="S9" t="b">
         <v>0</v>
       </c>
       <c r="T9" s="1">
         <v>45292</v>
       </c>
       <c r="U9" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="V9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="W9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H10" s="1">
         <v>44228</v>
       </c>
       <c r="I10" s="1">
         <v>44574.48040554634</v>
       </c>
       <c r="J10" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="K10" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L10" s="1">
         <v>44228</v>
       </c>
       <c r="M10" t="s">
+        <v>52</v>
+      </c>
+      <c r="N10" t="s">
         <v>53</v>
       </c>
-      <c r="N10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="S10" t="b">
         <v>0</v>
       </c>
       <c r="T10" s="1">
         <v>45292</v>
       </c>
       <c r="U10" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="V10" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="W10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F11" t="s">
         <v>28</v>
       </c>
       <c r="G11" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="H11" s="1">
         <v>43973</v>
       </c>
       <c r="I11" s="1">
         <v>44574.47778133208</v>
       </c>
       <c r="J11" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="K11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L11" s="1">
         <v>43973</v>
       </c>
       <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="S11" t="b">
         <v>1</v>
       </c>
       <c r="U11" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="V11" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H12" s="1">
         <v>43819</v>
       </c>
       <c r="I12" s="1">
         <v>44574.47567239162</v>
       </c>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L12" s="1">
         <v>43819</v>
       </c>
       <c r="M12" t="s">
+        <v>59</v>
+      </c>
+      <c r="N12" t="s">
         <v>60</v>
       </c>
-      <c r="N12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R12" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="S12" t="b">
         <v>0</v>
       </c>
       <c r="T12" s="1">
         <v>45292</v>
       </c>
       <c r="U12" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="V12" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="W12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F13" t="s">
         <v>28</v>
       </c>
       <c r="G13" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="H13" s="1">
         <v>42718</v>
       </c>
       <c r="I13" s="1">
         <v>44574.47252114022</v>
       </c>
       <c r="J13" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L13" s="1">
         <v>42718</v>
       </c>
       <c r="M13" t="s">
+        <v>66</v>
+      </c>
+      <c r="N13" t="s">
         <v>67</v>
       </c>
-      <c r="N13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R13" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="S13" t="b">
         <v>0</v>
       </c>
       <c r="T13" s="1">
         <v>45008</v>
       </c>
       <c r="U13" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="V13" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="W13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F14" t="s">
         <v>28</v>
       </c>
       <c r="G14" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H14" s="1">
         <v>42277</v>
       </c>
       <c r="I14" s="1">
         <v>44574.46095542425</v>
       </c>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K14" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L14" s="1">
         <v>42277</v>
       </c>
       <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
         <v>114</v>
       </c>
-      <c r="N14" t="s">
+      <c r="Q14" t="s">
         <v>115</v>
       </c>
-      <c r="Q14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R14" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="S14" t="b">
         <v>0</v>
       </c>
       <c r="T14" s="1">
         <v>45658</v>
       </c>
       <c r="U14" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="V14" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="W14">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>
     <hyperlink ref="U11" r:id="rId10"/>
     <hyperlink ref="U12" r:id="rId11"/>
     <hyperlink ref="U13" r:id="rId12"/>
     <hyperlink ref="U14" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 