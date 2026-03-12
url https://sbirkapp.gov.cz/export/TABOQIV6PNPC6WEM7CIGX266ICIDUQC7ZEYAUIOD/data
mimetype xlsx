--- v0 (2025-10-21)
+++ v1 (2026-03-12)
@@ -1098,51 +1098,51 @@
       <c r="H7" s="1">
         <v>44498</v>
       </c>
       <c r="I7" s="1">
         <v>45126.43576823278</v>
       </c>
       <c r="J7" t="s">
         <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>69</v>
       </c>
       <c r="L7" s="1">
         <v>44498</v>
       </c>
       <c r="M7" t="s">
         <v>32</v>
       </c>
       <c r="N7" t="s">
         <v>33</v>
       </c>
       <c r="R7" t="s">
         <v>70</v>
       </c>
       <c r="S7" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1">
         <v>46023</v>
       </c>
       <c r="U7" s="2" t="s">
         <v>71</v>
       </c>
       <c r="V7" t="s">
         <v>72</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
@@ -1222,51 +1222,51 @@
       <c r="H9" s="1">
         <v>44315</v>
       </c>
       <c r="I9" s="1">
         <v>45126.4319640277</v>
       </c>
       <c r="J9" t="s">
         <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>69</v>
       </c>
       <c r="L9" s="1">
         <v>44315</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>55</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1">
         <v>45958</v>
       </c>
       <c r="U9" s="2" t="s">
         <v>82</v>
       </c>
       <c r="V9" t="s">
         <v>83</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
@@ -1340,51 +1340,51 @@
       <c r="H11" s="1">
         <v>43973</v>
       </c>
       <c r="I11" s="1">
         <v>45126.42874378412</v>
       </c>
       <c r="J11" t="s">
         <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="1">
         <v>43973</v>
       </c>
       <c r="M11" t="s">
         <v>39</v>
       </c>
       <c r="N11" t="s">
         <v>40</v>
       </c>
       <c r="R11" t="s">
         <v>93</v>
       </c>
       <c r="S11" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1">
         <v>46023</v>
       </c>
       <c r="U11" s="2" t="s">
         <v>94</v>
       </c>
       <c r="V11" t="s">
         <v>95</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
@@ -1402,51 +1402,51 @@
       <c r="H12" s="1">
         <v>43973</v>
       </c>
       <c r="I12" s="1">
         <v>45126.41768375914</v>
       </c>
       <c r="J12" t="s">
         <v>92</v>
       </c>
       <c r="K12" t="s">
         <v>69</v>
       </c>
       <c r="L12" s="1">
         <v>43973</v>
       </c>
       <c r="M12" t="s">
         <v>46</v>
       </c>
       <c r="N12" t="s">
         <v>47</v>
       </c>
       <c r="R12" t="s">
         <v>97</v>
       </c>
       <c r="S12" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1">
         <v>46023</v>
       </c>
       <c r="U12" s="2" t="s">
         <v>98</v>
       </c>
       <c r="V12" t="s">
         <v>99</v>
       </c>
       <c r="W12">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>