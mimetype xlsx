--- v0 (2025-12-29)
+++ v1 (2026-03-29)
@@ -1252,51 +1252,51 @@
       <c r="H9" s="1">
         <v>45274</v>
       </c>
       <c r="I9" s="1">
         <v>45275.40440090733</v>
       </c>
       <c r="J9" t="s">
         <v>59</v>
       </c>
       <c r="K9" t="s">
         <v>31</v>
       </c>
       <c r="M9" t="s">
         <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>82</v>
       </c>
       <c r="P9" t="s">
         <v>83</v>
       </c>
       <c r="R9" t="s">
         <v>84</v>
       </c>
       <c r="S9" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1">
         <v>46023</v>
       </c>
       <c r="U9" s="2" t="s">
         <v>85</v>
       </c>
       <c r="V9" t="s">
         <v>86</v>
       </c>
       <c r="W9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">