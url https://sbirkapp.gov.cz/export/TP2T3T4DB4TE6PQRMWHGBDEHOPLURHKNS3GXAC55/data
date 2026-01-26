--- v0 (2025-12-10)
+++ v1 (2026-01-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="458" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="473" uniqueCount="236">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -93,129 +93,150 @@
   <si>
     <t>Zrušeno k</t>
   </si>
   <si>
     <t>URL záznamu</t>
   </si>
   <si>
     <t>ID zprávy prvotního vkladu</t>
   </si>
   <si>
     <t>Verze</t>
   </si>
   <si>
     <t>Město Chotěboř</t>
   </si>
   <si>
     <t>00267538</t>
   </si>
   <si>
     <t>94ubfm7</t>
   </si>
   <si>
     <t>Kraj Vysočina</t>
   </si>
   <si>
+    <t>1/2025</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška města Chotěboř,  kterou se zrušuje obecně závazná vyhláška č. 4/2024, kterou se reguluje používání zábavní pyrotechniky, ze dne 11.12.2024</t>
+  </si>
+  <si>
+    <t>2025-12-27</t>
+  </si>
+  <si>
+    <t>Běžný</t>
+  </si>
+  <si>
+    <t>zrušovací</t>
+  </si>
+  <si>
+    <t>ústavní zákon č. 1/1993 Sb., Ústava České republiky - čl. 104 odst. 3 - zrušovací OZV</t>
+  </si>
+  <si>
+    <t>4/2024: kterou se reguluje používání zábavní pyrotechniky</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPPECCWZZFY7L4QM</t>
+  </si>
+  <si>
+    <t>1620515008</t>
+  </si>
+  <si>
     <t>5/2024</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška</t>
-[...1 lines deleted...]
-  <si>
     <t>kterou se stanovují pravidla pro pohyb psů na veřejných prostranstvích ve městě</t>
   </si>
   <si>
     <t>2025-01-01</t>
   </si>
   <si>
-    <t>Běžný</t>
-[...1 lines deleted...]
-  <si>
     <t>pohyb psů</t>
   </si>
   <si>
     <t>zákon č. 246/1992 Sb., na ochranu zvířat proti týrání - § 24 odst. 2</t>
   </si>
   <si>
     <t>1/2023: kterou se stanovují pravidla pro pohyb psů na veřejných prostranstvích ve městě</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPP7FN3PIJL5NJTQ</t>
   </si>
   <si>
     <t>1453109523</t>
   </si>
   <si>
     <t>4/2024</t>
   </si>
   <si>
     <t>kterou se reguluje používání zábavní pyrotechniky</t>
   </si>
   <si>
     <t>veřejný pořádek - pyrotechnika</t>
   </si>
   <si>
     <t>zákon č. 128/2000 Sb., o obcích - § 10 písm. a) - pyrotechnika</t>
   </si>
   <si>
+    <t>1/2025: Obecně závazná vyhláška města Chotěboř,  kterou se zrušuje obecně závazná vyhláška č. 4/2024, kterou se reguluje používání zábavní pyrotechniky, ze dne 11.12.2024</t>
+  </si>
+  <si>
     <t>https://sbirkapp.gov.cz/detail/SPPTCA4BRCK7R3OS</t>
   </si>
   <si>
     <t>1451936710</t>
   </si>
   <si>
     <t>3/2024</t>
   </si>
   <si>
     <t>o místním poplatku ze psů</t>
   </si>
   <si>
     <t>místní poplatek ze psů</t>
   </si>
   <si>
     <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - ze psů</t>
   </si>
   <si>
     <t>3/2023: o místním poplatku ze psů</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPP7OFQJ2ZD254BI</t>
   </si>
   <si>
     <t>1451799973</t>
   </si>
   <si>
     <t>2/2024</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška města Chotěboř,  kterou se zrušuje obecně závazná vyhláška č. 1/2010, o stanovení koeficientu pro výpočet daně z nemovitostí, ze dne 23. června 2010</t>
-  </si>
-[...4 lines deleted...]
-    <t>ústavní zákon č. 1/1993 Sb., Ústava České republiky - čl. 104 odst. 3 - zrušovací OZV</t>
   </si>
   <si>
     <t>1/2010: o stanovení koeficientu pro výpočet daně z nemovitosti</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPX7T7P6TFI3EVC</t>
   </si>
   <si>
     <t>1376592773</t>
   </si>
   <si>
     <t>1/2024</t>
   </si>
   <si>
     <t>o místním poplatku za užívání veřejného prostranství</t>
   </si>
   <si>
     <t>2024-03-01</t>
   </si>
   <si>
     <t>místní poplatek za užívání veřejného prostranství</t>
   </si>
   <si>
     <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za užívání veřejného prostranství</t>
   </si>
@@ -1048,56 +1069,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7FN3PIJL5NJTQ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTCA4BRCK7R3OS" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7OFQJ2ZD254BI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPX7T7P6TFI3EVC" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP627V6KV6DXEBW" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRLU5J6QNRDVMA" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZ2OHDFFZZJO7I" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHHVARGHM5DUEC" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVQRGM3HRGP7L6" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUBYYFSEAJXSFY" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZHN3Y4QPVSA46" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNGWFBNIS57MSO" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6M34SPMVGNFPE" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNHZEVTGYR5MZA" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPD5JRNQUJ5JKMI" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2MK3C7DEX4HLE" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIMCTTR4M6LFFG" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVAXNB6GYR4ZWK" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3N3IL2RIH665C" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP55YQ3GICRQYBQ" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPEUOGA24NRYRIS" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUYZALRNAGI52O" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPC3HEFTMBVPZMQ" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFLI662M4OMKIY" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQW7JW2OVWXRWC" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMDDPT6HMCFGXA" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOKGTJHC7KFPRG" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2VT6TOTOQPACO" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOIEOFGM7RW7IU" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPBCJMTSZAI4XYG" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHZUSRKOM7CNIS" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPECCWZZFY7L4QM" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7FN3PIJL5NJTQ" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTCA4BRCK7R3OS" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7OFQJ2ZD254BI" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPX7T7P6TFI3EVC" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP627V6KV6DXEBW" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRLU5J6QNRDVMA" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZ2OHDFFZZJO7I" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHHVARGHM5DUEC" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVQRGM3HRGP7L6" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUBYYFSEAJXSFY" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZHN3Y4QPVSA46" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNGWFBNIS57MSO" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6M34SPMVGNFPE" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNHZEVTGYR5MZA" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPD5JRNQUJ5JKMI" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2MK3C7DEX4HLE" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIMCTTR4M6LFFG" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVAXNB6GYR4ZWK" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3N3IL2RIH665C" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP55YQ3GICRQYBQ" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPEUOGA24NRYRIS" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUYZALRNAGI52O" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPC3HEFTMBVPZMQ" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFLI662M4OMKIY" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQW7JW2OVWXRWC" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMDDPT6HMCFGXA" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOKGTJHC7KFPRG" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2VT6TOTOQPACO" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOIEOFGM7RW7IU" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPBCJMTSZAI4XYG" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHZUSRKOM7CNIS" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W32"/>
+  <dimension ref="A1:W33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="28.7109375" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" customWidth="1"/>
     <col min="13" max="13" width="70.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="70.7109375" customWidth="1"/>
     <col min="16" max="16" width="70.7109375" customWidth="1"/>
     <col min="17" max="17" width="70.7109375" customWidth="1"/>
@@ -1181,54 +1202,54 @@
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="1">
-        <v>45637</v>
+        <v>46001</v>
       </c>
       <c r="I2" s="1">
-        <v>45642.54242040352</v>
+        <v>46003.58347327116</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="K2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="P2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="b">
         <v>1</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="V2" t="s">
         <v>36</v>
       </c>
@@ -1240,331 +1261,337 @@
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" s="1">
         <v>45637</v>
       </c>
       <c r="I3" s="1">
-        <v>45638.58343524647</v>
+        <v>45642.54242040352</v>
       </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N3" t="s">
-        <v>40</v>
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
       </c>
       <c r="S3" t="b">
         <v>1</v>
       </c>
       <c r="U3" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="V3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="W3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>28</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H4" s="1">
         <v>45637</v>
       </c>
       <c r="I4" s="1">
-        <v>45638.45877413838</v>
+        <v>45638.58343524647</v>
       </c>
       <c r="J4" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>48</v>
+      </c>
+      <c r="R4" t="s">
+        <v>49</v>
       </c>
       <c r="S4" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T4" s="1">
+        <v>46018</v>
       </c>
       <c r="U4" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="V4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="W4">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H5" s="1">
-        <v>45462</v>
+        <v>45637</v>
       </c>
       <c r="I5" s="1">
-        <v>45467.45877618831</v>
+        <v>45638.45877413838</v>
       </c>
       <c r="J5" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="K5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="S5" t="b">
         <v>1</v>
       </c>
       <c r="U5" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="V5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="W5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H6" s="1">
-        <v>45322</v>
+        <v>45462</v>
       </c>
       <c r="I6" s="1">
-        <v>45327.40166529758</v>
+        <v>45467.45877618831</v>
       </c>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="N6" t="s">
+        <v>33</v>
+      </c>
+      <c r="P6" t="s">
         <v>61</v>
       </c>
-      <c r="P6" t="s">
+      <c r="S6" t="b">
+        <v>1</v>
+      </c>
+      <c r="U6" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="S6" t="b">
-[...2 lines deleted...]
-      <c r="U6" s="2" t="s">
+      <c r="V6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="W6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7" s="1">
+        <v>45322</v>
+      </c>
+      <c r="I7" s="1">
+        <v>45327.40166529758</v>
+      </c>
+      <c r="J7" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
         <v>68</v>
       </c>
-      <c r="N7" t="s">
+      <c r="P7" t="s">
         <v>69</v>
       </c>
-      <c r="P7" t="s">
+      <c r="S7" t="b">
+        <v>1</v>
+      </c>
+      <c r="U7" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="S7" t="b">
-[...2 lines deleted...]
-      <c r="U7" s="2" t="s">
+      <c r="V7" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H8" s="1">
         <v>45273</v>
       </c>
       <c r="I8" s="1">
-        <v>45275.46533829683</v>
+        <v>45275.53416166053</v>
       </c>
       <c r="J8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="K8" t="s">
         <v>31</v>
       </c>
       <c r="M8" t="s">
         <v>75</v>
       </c>
       <c r="N8" t="s">
         <v>76</v>
       </c>
       <c r="P8" t="s">
         <v>77</v>
       </c>
       <c r="S8" t="b">
         <v>1</v>
       </c>
       <c r="U8" s="2" t="s">
         <v>78</v>
       </c>
       <c r="V8" t="s">
         <v>79</v>
       </c>
       <c r="W8">
         <v>1</v>
       </c>
@@ -1573,1497 +1600,1554 @@
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>80</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>81</v>
       </c>
       <c r="H9" s="1">
         <v>45273</v>
       </c>
       <c r="I9" s="1">
-        <v>45275.46530763725</v>
+        <v>45275.46533829683</v>
       </c>
       <c r="J9" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>31</v>
       </c>
       <c r="M9" t="s">
         <v>82</v>
       </c>
       <c r="N9" t="s">
         <v>83</v>
       </c>
       <c r="P9" t="s">
         <v>84</v>
       </c>
       <c r="S9" t="b">
         <v>1</v>
       </c>
       <c r="U9" s="2" t="s">
         <v>85</v>
       </c>
       <c r="V9" t="s">
         <v>86</v>
       </c>
       <c r="W9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>87</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="H10" s="1">
         <v>45273</v>
       </c>
       <c r="I10" s="1">
-        <v>45275.46527746518</v>
+        <v>45275.46530763725</v>
       </c>
       <c r="J10" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
         <v>31</v>
       </c>
       <c r="M10" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="S10" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1</v>
       </c>
       <c r="U10" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="V10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="W10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F11" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="G11" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="H11" s="1">
-        <v>45126</v>
+        <v>45273</v>
       </c>
       <c r="I11" s="1">
-        <v>45140.4732725479</v>
+        <v>45275.46527746518</v>
       </c>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="K11" t="s">
         <v>31</v>
       </c>
       <c r="M11" t="s">
+        <v>54</v>
+      </c>
+      <c r="N11" t="s">
+        <v>55</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+      <c r="R11" t="s">
         <v>96</v>
       </c>
-      <c r="N11" t="s">
+      <c r="S11" t="b">
+        <v>0</v>
+      </c>
+      <c r="T11" s="1">
+        <v>45658</v>
+      </c>
+      <c r="U11" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="P11" t="s">
+      <c r="V11" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="W11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
+        <v>99</v>
+      </c>
+      <c r="F12" t="s">
+        <v>100</v>
+      </c>
+      <c r="G12" t="s">
         <v>101</v>
       </c>
-      <c r="F12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H12" s="1">
-        <v>45014</v>
+        <v>45126</v>
       </c>
       <c r="I12" s="1">
-        <v>45015.46098681654</v>
+        <v>45140.4732725479</v>
       </c>
       <c r="J12" t="s">
         <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>31</v>
       </c>
       <c r="M12" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="S12" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1</v>
       </c>
       <c r="U12" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="V12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="W12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F13" t="s">
         <v>28</v>
       </c>
       <c r="G13" t="s">
-        <v>108</v>
+        <v>38</v>
       </c>
       <c r="H13" s="1">
-        <v>44909</v>
+        <v>45014</v>
       </c>
       <c r="I13" s="1">
-        <v>44911.5296160623</v>
+        <v>45015.46098681654</v>
       </c>
       <c r="J13" t="s">
         <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>31</v>
       </c>
       <c r="M13" t="s">
+        <v>40</v>
+      </c>
+      <c r="N13" t="s">
+        <v>41</v>
+      </c>
+      <c r="P13" t="s">
         <v>110</v>
       </c>
-      <c r="N13" t="s">
+      <c r="R13" t="s">
         <v>111</v>
       </c>
-      <c r="P13" t="s">
+      <c r="S13" t="b">
+        <v>0</v>
+      </c>
+      <c r="T13" s="1">
+        <v>45658</v>
+      </c>
+      <c r="U13" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="S13" t="b">
-[...2 lines deleted...]
-      <c r="U13" s="2" t="s">
+      <c r="V13" t="s">
         <v>113</v>
       </c>
-      <c r="V13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W13">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F14" t="s">
         <v>28</v>
       </c>
       <c r="G14" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H14" s="1">
         <v>44909</v>
       </c>
       <c r="I14" s="1">
-        <v>44911.50439876655</v>
+        <v>44911.5296160623</v>
       </c>
       <c r="J14" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>31</v>
       </c>
       <c r="M14" t="s">
-        <v>45</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
       </c>
       <c r="S14" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1</v>
       </c>
       <c r="U14" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="V14" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="W14">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H15" s="1">
         <v>44909</v>
       </c>
       <c r="I15" s="1">
-        <v>44911.44535352512</v>
+        <v>44911.50439876655</v>
       </c>
       <c r="J15" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
         <v>31</v>
       </c>
       <c r="M15" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="N15" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>55</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
       </c>
       <c r="R15" t="s">
-        <v>123</v>
+        <v>56</v>
       </c>
       <c r="S15" t="b">
         <v>0</v>
       </c>
       <c r="T15" s="1">
         <v>45292</v>
       </c>
       <c r="U15" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="V15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="W15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F16" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="G16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H16" s="1">
-        <v>42956</v>
+        <v>44909</v>
       </c>
       <c r="I16" s="1">
-        <v>44676.46266084466</v>
+        <v>44911.44535352512</v>
       </c>
       <c r="J16" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="K16" t="s">
+        <v>31</v>
+      </c>
+      <c r="M16" t="s">
+        <v>82</v>
+      </c>
+      <c r="N16" t="s">
+        <v>83</v>
+      </c>
+      <c r="P16" t="s">
         <v>129</v>
       </c>
-      <c r="L16" s="1">
-[...8 lines deleted...]
-      <c r="O16" t="s">
+      <c r="R16" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="S16" t="b">
         <v>0</v>
       </c>
       <c r="T16" s="1">
-        <v>45170</v>
+        <v>45292</v>
       </c>
       <c r="U16" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="V16" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
+        <v>133</v>
+      </c>
+      <c r="F17" t="s">
+        <v>100</v>
+      </c>
+      <c r="G17" t="s">
         <v>134</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" s="1">
+        <v>42956</v>
+      </c>
+      <c r="I17" s="1">
+        <v>44676.46266084466</v>
+      </c>
+      <c r="J17" t="s">
         <v>135</v>
       </c>
-      <c r="H17" s="1">
-[...5 lines deleted...]
-      <c r="J17" t="s">
+      <c r="K17" t="s">
         <v>136</v>
       </c>
-      <c r="K17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L17" s="1">
-        <v>43272</v>
+        <v>42956</v>
       </c>
       <c r="M17" t="s">
+        <v>103</v>
+      </c>
+      <c r="N17" t="s">
+        <v>104</v>
+      </c>
+      <c r="O17" t="s">
         <v>137</v>
       </c>
-      <c r="N17" t="s">
+      <c r="R17" t="s">
         <v>138</v>
       </c>
       <c r="S17" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T17" s="1">
+        <v>45170</v>
       </c>
       <c r="U17" s="2" t="s">
         <v>139</v>
       </c>
       <c r="V17" t="s">
         <v>140</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>141</v>
       </c>
       <c r="F18" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="G18" t="s">
-        <v>94</v>
+        <v>142</v>
       </c>
       <c r="H18" s="1">
-        <v>41386</v>
+        <v>43272</v>
       </c>
       <c r="I18" s="1">
-        <v>44676.41600678256</v>
+        <v>44676.46265253217</v>
       </c>
       <c r="J18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K18" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L18" s="1">
-        <v>41386</v>
+        <v>43272</v>
       </c>
       <c r="M18" t="s">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="N18" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="S18" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45170</v>
+        <v>1</v>
       </c>
       <c r="U18" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="V18" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="W18">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F19" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G19" t="s">
-        <v>147</v>
+        <v>101</v>
       </c>
       <c r="H19" s="1">
-        <v>42089</v>
+        <v>41386</v>
       </c>
       <c r="I19" s="1">
-        <v>44676.4159982231</v>
+        <v>44676.41600678256</v>
       </c>
       <c r="J19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K19" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L19" s="1">
-        <v>42089</v>
+        <v>41386</v>
       </c>
       <c r="M19" t="s">
-        <v>68</v>
+        <v>103</v>
       </c>
       <c r="N19" t="s">
-        <v>69</v>
+        <v>104</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>150</v>
       </c>
       <c r="R19" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="S19" t="b">
         <v>0</v>
       </c>
       <c r="T19" s="1">
-        <v>45292</v>
+        <v>45170</v>
       </c>
       <c r="U19" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="V19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="W19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
       <c r="G20" t="s">
-        <v>108</v>
+        <v>154</v>
       </c>
       <c r="H20" s="1">
-        <v>42184</v>
+        <v>42089</v>
       </c>
       <c r="I20" s="1">
-        <v>44676.41599011949</v>
+        <v>44676.4159982231</v>
       </c>
       <c r="J20" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="K20" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L20" s="1">
-        <v>42184</v>
+        <v>42089</v>
       </c>
       <c r="M20" t="s">
-        <v>110</v>
+        <v>75</v>
       </c>
       <c r="N20" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="R20" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="S20" t="b">
         <v>0</v>
       </c>
       <c r="T20" s="1">
-        <v>44927</v>
+        <v>45292</v>
       </c>
       <c r="U20" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="V20" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="W20">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F21" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="G21" t="s">
-        <v>158</v>
+        <v>115</v>
       </c>
       <c r="H21" s="1">
-        <v>41212</v>
+        <v>42184</v>
       </c>
       <c r="I21" s="1">
-        <v>44664.62652621799</v>
+        <v>44676.41599011949</v>
       </c>
       <c r="J21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K21" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L21" s="1">
-        <v>41212</v>
+        <v>42184</v>
       </c>
       <c r="M21" t="s">
-        <v>160</v>
+        <v>117</v>
       </c>
       <c r="N21" t="s">
+        <v>118</v>
+      </c>
+      <c r="R21" t="s">
         <v>161</v>
       </c>
-      <c r="O21" t="s">
+      <c r="S21" t="b">
+        <v>0</v>
+      </c>
+      <c r="T21" s="1">
+        <v>44927</v>
+      </c>
+      <c r="U21" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="S21" t="b">
-[...2 lines deleted...]
-      <c r="U21" s="2" t="s">
+      <c r="V21" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="W21">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
+        <v>164</v>
+      </c>
+      <c r="F22" t="s">
+        <v>100</v>
+      </c>
+      <c r="G22" t="s">
         <v>165</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" s="1">
+        <v>41212</v>
+      </c>
+      <c r="I22" s="1">
+        <v>44664.62652621799</v>
+      </c>
+      <c r="J22" t="s">
         <v>166</v>
       </c>
-      <c r="H22" s="1">
-[...5 lines deleted...]
-      <c r="J22" t="s">
+      <c r="K22" t="s">
+        <v>136</v>
+      </c>
+      <c r="L22" s="1">
+        <v>41212</v>
+      </c>
+      <c r="M22" t="s">
         <v>167</v>
       </c>
-      <c r="K22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N22" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="Q22" t="s">
         <v>168</v>
       </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
       <c r="S22" t="b">
         <v>1</v>
       </c>
       <c r="U22" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="V22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="W22">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F23" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H23" s="1">
-        <v>40353</v>
+        <v>40113</v>
       </c>
       <c r="I23" s="1">
-        <v>44664.56827273122</v>
+        <v>44664.5682804678</v>
       </c>
       <c r="J23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K23" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L23" s="1">
-        <v>40353</v>
+        <v>40113</v>
       </c>
       <c r="M23" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="N23" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q23" t="s">
         <v>175</v>
       </c>
-      <c r="R23" t="s">
+      <c r="S23" t="b">
+        <v>1</v>
+      </c>
+      <c r="U23" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="S23" t="b">
-[...5 lines deleted...]
-      <c r="U23" s="2" t="s">
+      <c r="V23" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="W23">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
+        <v>178</v>
+      </c>
+      <c r="F24" t="s">
+        <v>28</v>
+      </c>
+      <c r="G24" t="s">
         <v>179</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" s="1">
+        <v>40353</v>
+      </c>
+      <c r="I24" s="1">
+        <v>44664.56827273122</v>
+      </c>
+      <c r="J24" t="s">
         <v>180</v>
       </c>
-      <c r="H24" s="1">
-[...5 lines deleted...]
-      <c r="J24" t="s">
+      <c r="K24" t="s">
+        <v>136</v>
+      </c>
+      <c r="L24" s="1">
+        <v>40353</v>
+      </c>
+      <c r="M24" t="s">
         <v>181</v>
       </c>
-      <c r="K24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N24" t="s">
-        <v>161</v>
+        <v>182</v>
+      </c>
+      <c r="R24" t="s">
+        <v>183</v>
       </c>
       <c r="S24" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T24" s="1">
+        <v>45658</v>
       </c>
       <c r="U24" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="V24" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="W24">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F25" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="H25" s="1">
-        <v>38006</v>
+        <v>39385</v>
       </c>
       <c r="I25" s="1">
-        <v>44664.45813154029</v>
+        <v>44664.46864258487</v>
       </c>
       <c r="J25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="K25" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L25" s="1">
-        <v>38006</v>
+        <v>39385</v>
       </c>
       <c r="M25" t="s">
-        <v>187</v>
+        <v>167</v>
       </c>
       <c r="N25" t="s">
-        <v>188</v>
+        <v>168</v>
       </c>
       <c r="S25" t="b">
         <v>1</v>
       </c>
       <c r="U25" s="2" t="s">
         <v>189</v>
       </c>
       <c r="V25" t="s">
         <v>190</v>
       </c>
       <c r="W25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>23</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>191</v>
       </c>
       <c r="F26" t="s">
         <v>28</v>
       </c>
       <c r="G26" t="s">
         <v>192</v>
       </c>
       <c r="H26" s="1">
-        <v>38244</v>
+        <v>38006</v>
       </c>
       <c r="I26" s="1">
-        <v>44664.45812135078</v>
+        <v>44664.45813154029</v>
       </c>
       <c r="J26" t="s">
         <v>193</v>
       </c>
       <c r="K26" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L26" s="1">
-        <v>38244</v>
+        <v>38006</v>
       </c>
       <c r="M26" t="s">
-        <v>32</v>
+        <v>194</v>
       </c>
       <c r="N26" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>195</v>
       </c>
       <c r="S26" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45030</v>
+        <v>1</v>
       </c>
       <c r="U26" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="V26" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="W26">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>23</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F27" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="G27" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="H27" s="1">
-        <v>44077</v>
+        <v>38244</v>
       </c>
       <c r="I27" s="1">
-        <v>44658.47621310876</v>
+        <v>44664.45812135078</v>
       </c>
       <c r="J27" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="K27" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L27" s="1">
-        <v>44077</v>
+        <v>38244</v>
       </c>
       <c r="M27" t="s">
-        <v>199</v>
+        <v>40</v>
       </c>
       <c r="N27" t="s">
-        <v>200</v>
+        <v>41</v>
+      </c>
+      <c r="R27" t="s">
+        <v>42</v>
       </c>
       <c r="S27" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T27" s="1">
+        <v>45030</v>
       </c>
       <c r="U27" s="2" t="s">
         <v>201</v>
       </c>
       <c r="V27" t="s">
         <v>202</v>
       </c>
       <c r="W27">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>23</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>203</v>
       </c>
       <c r="F28" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G28" t="s">
-        <v>44</v>
+        <v>204</v>
       </c>
       <c r="H28" s="1">
-        <v>43812</v>
+        <v>44077</v>
       </c>
       <c r="I28" s="1">
-        <v>44658.47620489692</v>
+        <v>44658.47621310876</v>
       </c>
       <c r="J28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K28" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L28" s="1">
-        <v>43812</v>
+        <v>44077</v>
       </c>
       <c r="M28" t="s">
-        <v>45</v>
+        <v>206</v>
       </c>
       <c r="N28" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>207</v>
       </c>
       <c r="S28" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1</v>
       </c>
       <c r="U28" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="V28" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="W28">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>23</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F29" t="s">
         <v>28</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
+        <v>53</v>
       </c>
       <c r="H29" s="1">
-        <v>44511</v>
+        <v>43812</v>
       </c>
       <c r="I29" s="1">
-        <v>44658.43165815355</v>
+        <v>44658.47620489692</v>
       </c>
       <c r="J29" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="K29" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L29" s="1">
-        <v>44511</v>
+        <v>43812</v>
       </c>
       <c r="M29" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="N29" t="s">
-        <v>76</v>
+        <v>55</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>212</v>
       </c>
       <c r="R29" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="S29" t="b">
         <v>0</v>
       </c>
       <c r="T29" s="1">
-        <v>44927</v>
+        <v>45292</v>
       </c>
       <c r="U29" s="2" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="V29" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="W29">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>23</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="F30" t="s">
         <v>28</v>
       </c>
       <c r="G30" t="s">
-        <v>81</v>
+        <v>128</v>
       </c>
       <c r="H30" s="1">
-        <v>44294</v>
+        <v>44511</v>
       </c>
       <c r="I30" s="1">
-        <v>44658.43164865789</v>
+        <v>44658.43165815355</v>
       </c>
       <c r="J30" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="K30" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L30" s="1">
-        <v>44294</v>
+        <v>44511</v>
       </c>
       <c r="M30" t="s">
         <v>82</v>
       </c>
       <c r="N30" t="s">
         <v>83</v>
       </c>
       <c r="R30" t="s">
-        <v>214</v>
+        <v>84</v>
       </c>
       <c r="S30" t="b">
         <v>0</v>
       </c>
       <c r="T30" s="1">
-        <v>45292</v>
+        <v>44927</v>
       </c>
       <c r="U30" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="V30" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="W30">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F31" t="s">
         <v>28</v>
       </c>
       <c r="G31" t="s">
-        <v>218</v>
+        <v>88</v>
       </c>
       <c r="H31" s="1">
-        <v>44544</v>
+        <v>44294</v>
       </c>
       <c r="I31" s="1">
-        <v>44657.52208379243</v>
+        <v>44658.43164865789</v>
       </c>
       <c r="J31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="K31" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L31" s="1">
-        <v>44544</v>
+        <v>44294</v>
       </c>
       <c r="M31" t="s">
-        <v>220</v>
+        <v>89</v>
       </c>
       <c r="N31" t="s">
+        <v>90</v>
+      </c>
+      <c r="R31" t="s">
         <v>221</v>
       </c>
       <c r="S31" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T31" s="1">
+        <v>45292</v>
       </c>
       <c r="U31" s="2" t="s">
         <v>222</v>
       </c>
       <c r="V31" t="s">
         <v>223</v>
       </c>
       <c r="W31">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>224</v>
       </c>
       <c r="F32" t="s">
         <v>28</v>
       </c>
       <c r="G32" t="s">
-        <v>58</v>
+        <v>225</v>
       </c>
       <c r="H32" s="1">
+        <v>44544</v>
+      </c>
+      <c r="I32" s="1">
+        <v>44657.52208379243</v>
+      </c>
+      <c r="J32" t="s">
+        <v>226</v>
+      </c>
+      <c r="K32" t="s">
+        <v>136</v>
+      </c>
+      <c r="L32" s="1">
+        <v>44544</v>
+      </c>
+      <c r="M32" t="s">
+        <v>227</v>
+      </c>
+      <c r="N32" t="s">
+        <v>228</v>
+      </c>
+      <c r="S32" t="b">
+        <v>1</v>
+      </c>
+      <c r="U32" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="V32" t="s">
+        <v>230</v>
+      </c>
+      <c r="W32">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B33" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" t="s">
+        <v>25</v>
+      </c>
+      <c r="D33" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" t="s">
+        <v>231</v>
+      </c>
+      <c r="F33" t="s">
+        <v>28</v>
+      </c>
+      <c r="G33" t="s">
+        <v>65</v>
+      </c>
+      <c r="H33" s="1">
         <v>44643</v>
       </c>
-      <c r="I32" s="1">
+      <c r="I33" s="1">
         <v>44645.41028322228</v>
       </c>
-      <c r="J32" t="s">
-[...2 lines deleted...]
-      <c r="K32" t="s">
+      <c r="J33" t="s">
+        <v>232</v>
+      </c>
+      <c r="K33" t="s">
         <v>31</v>
       </c>
-      <c r="M32" t="s">
-[...8 lines deleted...]
-      <c r="S32" t="b">
+      <c r="M33" t="s">
+        <v>67</v>
+      </c>
+      <c r="N33" t="s">
+        <v>68</v>
+      </c>
+      <c r="R33" t="s">
+        <v>233</v>
+      </c>
+      <c r="S33" t="b">
         <v>0</v>
       </c>
-      <c r="T32" s="1">
+      <c r="T33" s="1">
         <v>45352</v>
       </c>
-      <c r="U32" s="2" t="s">
-[...5 lines deleted...]
-      <c r="W32">
+      <c r="U33" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="V33" t="s">
+        <v>235</v>
+      </c>
+      <c r="W33">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>
     <hyperlink ref="U11" r:id="rId10"/>
     <hyperlink ref="U12" r:id="rId11"/>
     <hyperlink ref="U13" r:id="rId12"/>
     <hyperlink ref="U14" r:id="rId13"/>
     <hyperlink ref="U15" r:id="rId14"/>
     <hyperlink ref="U16" r:id="rId15"/>
     <hyperlink ref="U17" r:id="rId16"/>
     <hyperlink ref="U18" r:id="rId17"/>
     <hyperlink ref="U19" r:id="rId18"/>
     <hyperlink ref="U20" r:id="rId19"/>
     <hyperlink ref="U21" r:id="rId20"/>
     <hyperlink ref="U22" r:id="rId21"/>
     <hyperlink ref="U23" r:id="rId22"/>
     <hyperlink ref="U24" r:id="rId23"/>
     <hyperlink ref="U25" r:id="rId24"/>
     <hyperlink ref="U26" r:id="rId25"/>
     <hyperlink ref="U27" r:id="rId26"/>
     <hyperlink ref="U28" r:id="rId27"/>
     <hyperlink ref="U29" r:id="rId28"/>
     <hyperlink ref="U30" r:id="rId29"/>
     <hyperlink ref="U31" r:id="rId30"/>
     <hyperlink ref="U32" r:id="rId31"/>
+    <hyperlink ref="U33" r:id="rId32"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>