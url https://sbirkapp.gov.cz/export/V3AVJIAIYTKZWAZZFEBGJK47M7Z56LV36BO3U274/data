--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -108,72 +108,72 @@
   <si>
     <t>00509272</t>
   </si>
   <si>
     <t>xhjb69z</t>
   </si>
   <si>
     <t>Středočeský kraj</t>
   </si>
   <si>
     <t>2/2025</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce Prodašice o místním poplatku ze psů</t>
   </si>
   <si>
     <t>2025-12-16</t>
   </si>
   <si>
     <t>Běžný</t>
   </si>
   <si>
-    <t>systém odpadového hospodářství; místní poplatek ze psů</t>
-[...2 lines deleted...]
-    <t>zákon č. 541/2020 Sb., o odpadech - § 59 odst. 4; zákon č. 565/1990 Sb., o místních poplatcích - § 14 - ze psů</t>
+    <t>místní poplatek ze psů</t>
+  </si>
+  <si>
+    <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - ze psů</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPP7WUAKCROSQ3Q</t>
   </si>
   <si>
     <t>1613672815</t>
   </si>
   <si>
     <t>1/2025</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce Prodašice o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
-    <t>místní poplatek za obecní systém odpadového hospodářství; systém odpadového hospodářství</t>
-[...2 lines deleted...]
-    <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za obecní systém odpadového hospodářství; zákon č. 541/2020 Sb., o odpadech - § 59 odst. 4</t>
+    <t>místní poplatek za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPHLNU5SJEX4V3K</t>
   </si>
   <si>
     <t>1613662708</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -513,51 +513,51 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="7.7109375" customWidth="1"/>
     <col min="12" max="12" width="6.7109375" customWidth="1"/>
-    <col min="13" max="13" width="70.7109375" customWidth="1"/>
+    <col min="13" max="13" width="58.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="2.7109375" customWidth="1"/>
     <col min="16" max="16" width="2.7109375" customWidth="1"/>
     <col min="17" max="17" width="2.7109375" customWidth="1"/>
     <col min="18" max="18" width="2.7109375" customWidth="1"/>
     <col min="19" max="19" width="6.7109375" customWidth="1"/>
     <col min="20" max="20" width="6.7109375" customWidth="1"/>
     <col min="21" max="21" width="49.7109375" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="3.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -647,51 +647,51 @@
       <c r="I2" s="1">
         <v>45992.71263236348</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="K2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="b">
         <v>1</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>34</v>
       </c>
       <c r="V2" t="s">
         <v>35</v>
       </c>
       <c r="W2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" s="1">
@@ -700,51 +700,51 @@
       <c r="I3" s="1">
         <v>45992.70318049825</v>
       </c>
       <c r="J3" t="s">
         <v>30</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>39</v>
       </c>
       <c r="S3" t="b">
         <v>1</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>40</v>
       </c>
       <c r="V3" t="s">
         <v>41</v>
       </c>
       <c r="W3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>