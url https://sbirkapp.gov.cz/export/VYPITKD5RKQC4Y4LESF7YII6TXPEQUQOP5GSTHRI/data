--- v0 (2025-12-25)
+++ v1 (2026-02-23)
@@ -1387,51 +1387,51 @@
       <c r="G12" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="1">
         <v>45252</v>
       </c>
       <c r="I12" s="1">
         <v>45266.58656465894</v>
       </c>
       <c r="J12" t="s">
         <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>31</v>
       </c>
       <c r="M12" t="s">
         <v>32</v>
       </c>
       <c r="N12" t="s">
         <v>33</v>
       </c>
       <c r="R12" t="s">
         <v>95</v>
       </c>
       <c r="S12" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1">
         <v>46023</v>
       </c>
       <c r="U12" s="2" t="s">
         <v>96</v>
       </c>
       <c r="V12" t="s">
         <v>97</v>
       </c>
       <c r="W12">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U11" r:id="rId9"/>