--- v0 (2025-12-10)
+++ v1 (2026-03-12)
@@ -921,51 +921,51 @@
       <c r="H4" s="1">
         <v>45558</v>
       </c>
       <c r="I4" s="1">
         <v>45560.61081758352</v>
       </c>
       <c r="J4" t="s">
         <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>32</v>
       </c>
       <c r="N4" t="s">
         <v>33</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
       <c r="R4" t="s">
         <v>48</v>
       </c>
       <c r="S4" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1">
         <v>46023</v>
       </c>
       <c r="U4" s="2" t="s">
         <v>49</v>
       </c>
       <c r="V4" t="s">
         <v>50</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">