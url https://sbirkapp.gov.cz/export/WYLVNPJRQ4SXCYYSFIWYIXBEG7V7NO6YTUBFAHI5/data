--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -1009,51 +1009,51 @@
       <c r="H3" s="1">
         <v>45600</v>
       </c>
       <c r="I3" s="1">
         <v>45603.47503497375</v>
       </c>
       <c r="J3" t="s">
         <v>39</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>32</v>
       </c>
       <c r="N3" t="s">
         <v>33</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
       <c r="R3" t="s">
         <v>41</v>
       </c>
       <c r="S3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T3" s="1">
         <v>46023</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>42</v>
       </c>
       <c r="V3" t="s">
         <v>43</v>
       </c>
       <c r="W3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">