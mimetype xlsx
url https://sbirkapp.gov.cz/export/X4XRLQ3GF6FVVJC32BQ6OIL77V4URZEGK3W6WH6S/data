--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="571" uniqueCount="261">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -351,53 +351,50 @@
   <si>
     <t>3/2007</t>
   </si>
   <si>
     <t>1458349585</t>
   </si>
   <si>
     <t>3/2020</t>
   </si>
   <si>
     <t>k  regulaci hlučných činností</t>
   </si>
   <si>
     <t>2020-03-11</t>
   </si>
   <si>
     <t>Dle přechodného ustanovení</t>
   </si>
   <si>
     <t>veřejný pořádek - hlučné činnosti</t>
   </si>
   <si>
     <t>zákon č. 128/2000 Sb., o obcích - § 10 písm. a) - hlučné činnosti</t>
   </si>
   <si>
-    <t>2/2017: k  regulaci hlučných činností</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sbirkapp.gov.cz/detail/SPPF2UMVAI2DGXYY</t>
   </si>
   <si>
     <t>1457751320</t>
   </si>
   <si>
     <t>2/2018</t>
   </si>
   <si>
     <t>o zákazu požívání alkoholických nápojů na veřejném prostranství</t>
   </si>
   <si>
     <t>2018-07-07</t>
   </si>
   <si>
     <t>veřejný pořádek - konzumace alkoholu</t>
   </si>
   <si>
     <t>zákon č. 128/2000 Sb., o obcích - § 10 písm. a) - konzumace alkoholu</t>
   </si>
   <si>
     <t>4/2025: Obecně závaznou vyhlášku obce Psáry, kterou se zakazuje požívání alkoholu a jiných návykových látek a žebrání za účelem zabezpečení místních záležitostí veřejného pořádku na vymezených veřejných prostranstvích; 4/2025: Obecně závaznou vyhlášku obce Psáry, kterou se zakazuje požívání alkoholu a jiných návykových látek a žebrání za účelem zabezpečení místních záležitostí veřejného pořádku na vymezených veřejných prostranstvích</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPP6KO2FNHTGGAZU</t>
@@ -406,59 +403,50 @@
     <t>1457747907</t>
   </si>
   <si>
     <t>1/2017</t>
   </si>
   <si>
     <t>o regulaci provozování hazardních her</t>
   </si>
   <si>
     <t>2017-07-11</t>
   </si>
   <si>
     <t>hazardní hry</t>
   </si>
   <si>
     <t>zákon č. 186/2016 Sb., o hazardních hrách - § 12 odst. 1</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPDRDE3C5HAHR6K</t>
   </si>
   <si>
     <t>1457746695</t>
   </si>
   <si>
     <t>2/2017</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://sbirkapp.gov.cz/detail/SPPFN45QZXR25LLI</t>
   </si>
   <si>
     <t>1457745213</t>
   </si>
   <si>
     <t>1/2014</t>
   </si>
   <si>
     <t xml:space="preserve">o zrušení některých obecně závazných vyhlášek obce Psáry </t>
   </si>
   <si>
     <t>2014-08-01</t>
   </si>
   <si>
     <t>zrušovací</t>
   </si>
   <si>
     <t>ústavní zákon č. 1/1993 Sb., Ústava České republiky - čl. 104 odst. 3 - zrušovací OZV</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPIHEWIFNLLBBUC</t>
   </si>
   <si>
     <t>1457743043</t>
   </si>
@@ -1156,51 +1144,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFLG3CUXMCQKEY" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2SLB6RNZG4JN4" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVZBRUIAAK3D2K" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNUR7CZFWEUWKG" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNOOKOCKJTHRW6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3P7GNQSGCEKLK" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPL2YVPGD635XSY" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWX524OYDCHJNY" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSCGPEZGIQNEIA" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7FYEGRN6AX26O" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPF2UMVAI2DGXYY" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6KO2FNHTGGAZU" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPDRDE3C5HAHR6K" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFN45QZXR25LLI" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIHEWIFNLLBBUC" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPE22RXZUTBFCF6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7QW2IWGGRHGBC" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYB4UGEOTL6V34" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZ3EBIFBZ5UXNY" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPKFSVQXMFPCL5W" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPELE5TLDH6HE4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYIEHEENU6DAJA" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUBXWNQZS6ED42" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRO2YN3G6SQ7AG" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPENN7TC2NVWWJ6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFVPCZIF4UYYVO" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPLJQHGSXRWHU4Q" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHU2GAZZ53L2W6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMFMVIVNGCW34O" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSSASHLTCVWKIU" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHVH2AJA6GXNHA" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNIV2DYVH6A6ZQ" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPP3PSJ3KI4GTWG" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWHDZFPGGY3AVO" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFLG3CUXMCQKEY" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2SLB6RNZG4JN4" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVZBRUIAAK3D2K" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNUR7CZFWEUWKG" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNOOKOCKJTHRW6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3P7GNQSGCEKLK" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPL2YVPGD635XSY" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWX524OYDCHJNY" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSCGPEZGIQNEIA" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7FYEGRN6AX26O" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPF2UMVAI2DGXYY" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6KO2FNHTGGAZU" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPDRDE3C5HAHR6K" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIHEWIFNLLBBUC" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPE22RXZUTBFCF6" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7QW2IWGGRHGBC" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYB4UGEOTL6V34" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZ3EBIFBZ5UXNY" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPKFSVQXMFPCL5W" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPELE5TLDH6HE4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYIEHEENU6DAJA" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUBXWNQZS6ED42" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRO2YN3G6SQ7AG" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPENN7TC2NVWWJ6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFVPCZIF4UYYVO" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPLJQHGSXRWHU4Q" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHU2GAZZ53L2W6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMFMVIVNGCW34O" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSSASHLTCVWKIU" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHVH2AJA6GXNHA" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNIV2DYVH6A6ZQ" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPP3PSJ3KI4GTWG" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWHDZFPGGY3AVO" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="28.7109375" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" customWidth="1"/>
@@ -2017,1533 +2005,1538 @@
       </c>
       <c r="G14" t="s">
         <v>108</v>
       </c>
       <c r="H14" s="1">
         <v>43886</v>
       </c>
       <c r="I14" s="1">
         <v>45653.50221086681</v>
       </c>
       <c r="J14" t="s">
         <v>109</v>
       </c>
       <c r="K14" t="s">
         <v>110</v>
       </c>
       <c r="L14" s="1">
         <v>43886</v>
       </c>
       <c r="M14" t="s">
         <v>111</v>
       </c>
       <c r="N14" t="s">
         <v>112</v>
       </c>
-      <c r="P14" t="s">
+      <c r="S14" t="b">
+        <v>1</v>
+      </c>
+      <c r="U14" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="S14" t="b">
-[...2 lines deleted...]
-      <c r="U14" s="2" t="s">
+      <c r="V14" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H15" s="1">
         <v>43273</v>
       </c>
       <c r="I15" s="1">
         <v>45653.49317635399</v>
       </c>
       <c r="J15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="K15" t="s">
         <v>110</v>
       </c>
       <c r="L15" s="1">
         <v>43273</v>
       </c>
       <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
         <v>119</v>
       </c>
-      <c r="N15" t="s">
+      <c r="R15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="S15" t="b">
         <v>0</v>
       </c>
       <c r="T15" s="1">
         <v>45842</v>
       </c>
       <c r="U15" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="V15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="W15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F16" t="s">
         <v>28</v>
       </c>
       <c r="G16" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H16" s="1">
         <v>42912</v>
       </c>
       <c r="I16" s="1">
         <v>45653.49099853585</v>
       </c>
       <c r="J16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K16" t="s">
         <v>110</v>
       </c>
       <c r="L16" s="1">
         <v>42912</v>
       </c>
       <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
         <v>127</v>
       </c>
-      <c r="N16" t="s">
+      <c r="S16" t="b">
+        <v>1</v>
+      </c>
+      <c r="U16" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="S16" t="b">
-[...2 lines deleted...]
-      <c r="U16" s="2" t="s">
+      <c r="V16" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
+        <v>130</v>
+      </c>
+      <c r="F17" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" t="s">
+        <v>103</v>
+      </c>
+      <c r="H17" t="s">
+        <v>103</v>
+      </c>
+      <c r="I17" t="s">
+        <v>103</v>
+      </c>
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>103</v>
+      </c>
+      <c r="L17" t="s">
+        <v>103</v>
+      </c>
+      <c r="M17" t="s">
+        <v>103</v>
+      </c>
+      <c r="N17" t="s">
+        <v>103</v>
+      </c>
+      <c r="O17" t="s">
+        <v>103</v>
+      </c>
+      <c r="P17" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>103</v>
+      </c>
+      <c r="R17" t="s">
+        <v>103</v>
+      </c>
+      <c r="S17" t="s">
+        <v>103</v>
+      </c>
+      <c r="T17" t="s">
+        <v>103</v>
+      </c>
+      <c r="U17" t="s">
+        <v>103</v>
+      </c>
+      <c r="V17" t="s">
         <v>131</v>
-      </c>
-[...40 lines deleted...]
-        <v>135</v>
       </c>
       <c r="W17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="F18" t="s">
         <v>28</v>
       </c>
       <c r="G18" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="H18" s="1">
         <v>41829</v>
       </c>
       <c r="I18" s="1">
         <v>45653.48779689606</v>
       </c>
       <c r="J18" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K18" t="s">
         <v>110</v>
       </c>
       <c r="L18" s="1">
         <v>41829</v>
       </c>
       <c r="M18" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="N18" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="S18" t="b">
         <v>1</v>
       </c>
       <c r="U18" s="2" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="V18" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="W18">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="F19" t="s">
         <v>28</v>
       </c>
       <c r="G19" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="H19" s="1">
         <v>40080</v>
       </c>
       <c r="I19" s="1">
         <v>45653.48568145333</v>
       </c>
       <c r="J19" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="K19" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="1">
         <v>40080</v>
       </c>
       <c r="M19" t="s">
         <v>39</v>
       </c>
       <c r="N19" t="s">
         <v>40</v>
       </c>
       <c r="R19" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="S19" t="b">
         <v>0</v>
       </c>
       <c r="T19" s="1">
         <v>45937</v>
       </c>
       <c r="U19" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="V19" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="W19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
       <c r="G20" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="H20" s="1">
         <v>39744</v>
       </c>
       <c r="I20" s="1">
         <v>45653.48410115998</v>
       </c>
       <c r="J20" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="K20" t="s">
         <v>110</v>
       </c>
       <c r="L20" s="1">
         <v>39744</v>
       </c>
       <c r="M20" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="N20" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="S20" t="b">
         <v>1</v>
       </c>
       <c r="U20" s="2" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="V20" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="W20">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="H21" s="1">
         <v>39800</v>
       </c>
       <c r="I21" s="1">
         <v>45653.48199792779</v>
       </c>
       <c r="J21" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="K21" t="s">
         <v>110</v>
       </c>
       <c r="L21" s="1">
         <v>39800</v>
       </c>
       <c r="M21" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="N21" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="R21" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="S21" t="b">
         <v>0</v>
       </c>
       <c r="T21" s="1">
         <v>45842</v>
       </c>
       <c r="U21" s="2" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="V21" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="W21">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="F22" t="s">
         <v>28</v>
       </c>
       <c r="G22" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="H22" s="1">
         <v>39248</v>
       </c>
       <c r="I22" s="1">
         <v>45653.46697365024</v>
       </c>
       <c r="J22" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="K22" t="s">
         <v>110</v>
       </c>
       <c r="L22" s="1">
         <v>39248</v>
       </c>
       <c r="M22" t="s">
         <v>61</v>
       </c>
       <c r="N22" t="s">
         <v>62</v>
       </c>
       <c r="R22" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="S22" t="b">
         <v>0</v>
       </c>
       <c r="T22" s="1">
         <v>45842</v>
       </c>
       <c r="U22" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="V22" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="W22">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="F23" t="s">
         <v>28</v>
       </c>
       <c r="G23" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="H23" s="1">
         <v>38456</v>
       </c>
       <c r="I23" s="1">
         <v>45653.46327702365</v>
       </c>
       <c r="J23" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="K23" t="s">
         <v>110</v>
       </c>
       <c r="L23" s="1">
         <v>38456</v>
       </c>
       <c r="M23" t="s">
         <v>68</v>
       </c>
       <c r="N23" t="s">
         <v>69</v>
       </c>
       <c r="R23" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="S23" t="b">
         <v>0</v>
       </c>
       <c r="T23" s="1">
         <v>45842</v>
       </c>
       <c r="U23" s="2" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="V23" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="W23">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="F24" t="s">
         <v>102</v>
       </c>
       <c r="G24" t="s">
         <v>103</v>
       </c>
       <c r="H24" t="s">
         <v>103</v>
       </c>
       <c r="I24" t="s">
         <v>103</v>
       </c>
       <c r="J24" t="s">
         <v>103</v>
       </c>
       <c r="K24" t="s">
         <v>103</v>
       </c>
       <c r="L24" t="s">
         <v>103</v>
       </c>
       <c r="M24" t="s">
         <v>103</v>
       </c>
       <c r="N24" t="s">
         <v>103</v>
       </c>
       <c r="O24" t="s">
         <v>103</v>
       </c>
       <c r="P24" t="s">
         <v>103</v>
       </c>
       <c r="Q24" t="s">
         <v>103</v>
       </c>
       <c r="R24" t="s">
         <v>103</v>
       </c>
       <c r="S24" t="s">
         <v>103</v>
       </c>
       <c r="T24" t="s">
         <v>103</v>
       </c>
       <c r="U24" t="s">
         <v>103</v>
       </c>
       <c r="V24" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="W24">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="F25" t="s">
         <v>28</v>
       </c>
       <c r="G25" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="H25" s="1">
         <v>45637</v>
       </c>
       <c r="I25" s="1">
         <v>45645.611330542</v>
       </c>
       <c r="J25" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="K25" t="s">
         <v>31</v>
       </c>
       <c r="M25" t="s">
         <v>47</v>
       </c>
       <c r="N25" t="s">
         <v>48</v>
       </c>
       <c r="P25" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="R25" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="S25" t="b">
         <v>0</v>
       </c>
       <c r="T25" s="1">
         <v>45842</v>
       </c>
       <c r="U25" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="V25" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="W25">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>23</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="F26" t="s">
         <v>28</v>
       </c>
       <c r="G26" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="H26" s="1">
         <v>45637</v>
       </c>
       <c r="I26" s="1">
         <v>45645.5987073622</v>
       </c>
       <c r="J26" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="K26" t="s">
         <v>31</v>
       </c>
       <c r="M26" t="s">
+        <v>182</v>
+      </c>
+      <c r="N26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>184</v>
+      </c>
+      <c r="S26" t="b">
+        <v>1</v>
+      </c>
+      <c r="U26" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="V26" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>190</v>
       </c>
       <c r="W26">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>23</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="F27" t="s">
         <v>28</v>
       </c>
       <c r="G27" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="H27" s="1">
         <v>39183</v>
       </c>
       <c r="I27" s="1">
         <v>45645.59760161769</v>
       </c>
       <c r="J27" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="K27" t="s">
         <v>110</v>
       </c>
       <c r="L27" s="1">
         <v>39183</v>
       </c>
       <c r="M27" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="N27" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="R27" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="S27" t="b">
         <v>0</v>
       </c>
       <c r="T27" s="1">
         <v>45660</v>
       </c>
       <c r="U27" s="2" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="V27" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="W27">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>23</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="F28" t="s">
         <v>28</v>
       </c>
       <c r="G28" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="H28" s="1">
         <v>40805</v>
       </c>
       <c r="I28" s="1">
         <v>45554.62395788391</v>
       </c>
       <c r="J28" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="K28" t="s">
         <v>110</v>
       </c>
       <c r="L28" s="1">
         <v>40805</v>
       </c>
       <c r="M28" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="N28" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="S28" t="b">
         <v>1</v>
       </c>
       <c r="U28" s="2" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="V28" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="W28">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>23</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="F29" t="s">
         <v>28</v>
       </c>
       <c r="G29" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H29" s="1">
         <v>45553</v>
       </c>
       <c r="I29" s="1">
         <v>45554.62184741367</v>
       </c>
       <c r="J29" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="K29" t="s">
         <v>31</v>
       </c>
       <c r="M29" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="N29" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="S29" t="b">
         <v>1</v>
       </c>
       <c r="U29" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="V29" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="W29">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>23</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F30" t="s">
         <v>28</v>
       </c>
       <c r="G30" t="s">
         <v>94</v>
       </c>
       <c r="H30" s="1">
         <v>45336</v>
       </c>
       <c r="I30" s="1">
         <v>45337.66346036722</v>
       </c>
       <c r="J30" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="K30" t="s">
         <v>31</v>
       </c>
       <c r="M30" t="s">
         <v>96</v>
       </c>
       <c r="N30" t="s">
         <v>97</v>
       </c>
       <c r="P30" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="R30" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="S30" t="b">
         <v>0</v>
       </c>
       <c r="T30" s="1">
         <v>45723</v>
       </c>
       <c r="U30" s="2" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="V30" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="W30">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="F31" t="s">
         <v>28</v>
       </c>
       <c r="G31" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="H31" s="1">
         <v>44979</v>
       </c>
       <c r="I31" s="1">
         <v>44981.43027376891</v>
       </c>
       <c r="J31" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="K31" t="s">
         <v>31</v>
       </c>
       <c r="M31" t="s">
         <v>96</v>
       </c>
       <c r="N31" t="s">
         <v>97</v>
       </c>
       <c r="P31" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="R31" t="s">
         <v>98</v>
       </c>
       <c r="S31" t="b">
         <v>0</v>
       </c>
       <c r="T31" s="1">
         <v>45352</v>
       </c>
       <c r="U31" s="2" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="V31" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="W31">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F32" t="s">
         <v>28</v>
       </c>
       <c r="G32" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H32" s="1">
         <v>44909</v>
       </c>
       <c r="I32" s="1">
         <v>44915.57957689429</v>
       </c>
       <c r="J32" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="K32" t="s">
         <v>31</v>
       </c>
       <c r="M32" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="N32" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="S32" t="b">
         <v>1</v>
       </c>
       <c r="U32" s="2" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="V32" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="W32">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>23</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F33" t="s">
         <v>28</v>
       </c>
       <c r="G33" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="H33" s="1">
         <v>44909</v>
       </c>
       <c r="I33" s="1">
         <v>44911.38485672005</v>
       </c>
       <c r="J33" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="K33" t="s">
         <v>31</v>
       </c>
       <c r="M33" t="s">
         <v>47</v>
       </c>
       <c r="N33" t="s">
         <v>48</v>
       </c>
       <c r="P33" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="S33" t="b">
         <v>1</v>
       </c>
       <c r="U33" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="V33" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="W33">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>23</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="F34" t="s">
         <v>28</v>
       </c>
       <c r="G34" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="H34" s="1">
         <v>44825</v>
       </c>
       <c r="I34" s="1">
         <v>44827.48316715997</v>
       </c>
       <c r="J34" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="K34" t="s">
         <v>31</v>
       </c>
       <c r="M34" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="N34" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="S34" t="b">
         <v>1</v>
       </c>
       <c r="U34" s="2" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="V34" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="W34">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>23</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F35" t="s">
         <v>28</v>
       </c>
       <c r="G35" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="H35" s="1">
         <v>44608</v>
       </c>
       <c r="I35" s="1">
         <v>44609.6239270925</v>
       </c>
       <c r="J35" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="K35" t="s">
         <v>31</v>
       </c>
       <c r="M35" t="s">
         <v>96</v>
       </c>
       <c r="N35" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="R35" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="S35" t="b">
         <v>0</v>
       </c>
       <c r="T35" s="1">
         <v>44996</v>
       </c>
       <c r="U35" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="V35" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="W35">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>23</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="F36" t="s">
         <v>28</v>
       </c>
       <c r="G36" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="H36" s="1">
         <v>44608</v>
       </c>
       <c r="I36" s="1">
         <v>44609.61398680606</v>
       </c>
       <c r="J36" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="K36" t="s">
         <v>31</v>
       </c>
       <c r="M36" t="s">
         <v>47</v>
       </c>
       <c r="N36" t="s">
         <v>48</v>
       </c>
       <c r="O36" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="R36" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="S36" t="b">
         <v>0</v>
       </c>
       <c r="T36" s="1">
         <v>45658</v>
       </c>
       <c r="U36" s="2" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="V36" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="W36">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="F37" t="s">
         <v>28</v>
       </c>
       <c r="G37" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="H37" s="1">
         <v>44540</v>
       </c>
       <c r="I37" s="1">
         <v>44609.61187951223</v>
       </c>
       <c r="J37" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="K37" t="s">
         <v>110</v>
       </c>
       <c r="L37" s="1">
         <v>44540</v>
       </c>
       <c r="M37" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="N37" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="Q37" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="R37" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="S37" t="b">
         <v>0</v>
       </c>
       <c r="T37" s="1">
         <v>44927</v>
       </c>
       <c r="U37" s="2" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="V37" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="W37">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
         <v>23</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="F38" t="s">
         <v>28</v>
       </c>
       <c r="G38" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="H38" s="1">
         <v>44608</v>
       </c>
       <c r="I38" s="1">
         <v>44609.57928771144</v>
       </c>
       <c r="J38" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="K38" t="s">
         <v>31</v>
       </c>
       <c r="M38" t="s">
         <v>88</v>
       </c>
       <c r="N38" t="s">
         <v>89</v>
       </c>
       <c r="R38" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="S38" t="b">
         <v>0</v>
       </c>
       <c r="T38" s="1">
         <v>45779</v>
       </c>
       <c r="U38" s="2" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="V38" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="W38">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>
     <hyperlink ref="U11" r:id="rId10"/>
     <hyperlink ref="U14" r:id="rId11"/>
     <hyperlink ref="U15" r:id="rId12"/>
     <hyperlink ref="U16" r:id="rId13"/>
-    <hyperlink ref="U17" r:id="rId14"/>
-[...19 lines deleted...]
-    <hyperlink ref="U38" r:id="rId34"/>
+    <hyperlink ref="U18" r:id="rId14"/>
+    <hyperlink ref="U19" r:id="rId15"/>
+    <hyperlink ref="U20" r:id="rId16"/>
+    <hyperlink ref="U21" r:id="rId17"/>
+    <hyperlink ref="U22" r:id="rId18"/>
+    <hyperlink ref="U23" r:id="rId19"/>
+    <hyperlink ref="U25" r:id="rId20"/>
+    <hyperlink ref="U26" r:id="rId21"/>
+    <hyperlink ref="U27" r:id="rId22"/>
+    <hyperlink ref="U28" r:id="rId23"/>
+    <hyperlink ref="U29" r:id="rId24"/>
+    <hyperlink ref="U30" r:id="rId25"/>
+    <hyperlink ref="U31" r:id="rId26"/>
+    <hyperlink ref="U32" r:id="rId27"/>
+    <hyperlink ref="U33" r:id="rId28"/>
+    <hyperlink ref="U34" r:id="rId29"/>
+    <hyperlink ref="U35" r:id="rId30"/>
+    <hyperlink ref="U36" r:id="rId31"/>
+    <hyperlink ref="U37" r:id="rId32"/>
+    <hyperlink ref="U38" r:id="rId33"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>