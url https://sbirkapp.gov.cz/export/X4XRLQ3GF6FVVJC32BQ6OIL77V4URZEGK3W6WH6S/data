--- v1 (2026-02-08)
+++ v2 (2026-03-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="571" uniqueCount="261">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="586" uniqueCount="266">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -93,65 +93,89 @@
   <si>
     <t>Zrušeno k</t>
   </si>
   <si>
     <t>URL záznamu</t>
   </si>
   <si>
     <t>ID zprávy prvotního vkladu</t>
   </si>
   <si>
     <t>Verze</t>
   </si>
   <si>
     <t>OBEC PSÁRY</t>
   </si>
   <si>
     <t>00241580</t>
   </si>
   <si>
     <t>rvhbuxe</t>
   </si>
   <si>
     <t>Středočeský kraj</t>
   </si>
   <si>
+    <t>1/2026</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška</t>
+  </si>
+  <si>
+    <t>o nočním klidu</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>Běžný</t>
+  </si>
+  <si>
+    <t>noční klid</t>
+  </si>
+  <si>
+    <t>zákon č. 251/2016 Sb., o některých přestupcích - § 5 odst. 7</t>
+  </si>
+  <si>
+    <t>1/2025: o nočním klidu</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPPE2SPGUKJ2UTTQ</t>
+  </si>
+  <si>
+    <t>1656746816</t>
+  </si>
+  <si>
     <t>10/2025</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška</t>
-[...1 lines deleted...]
-  <si>
     <t>Obecně závazná vyhláška obce Psáry, kterou se zakazuje požívání alkoholu a žebrání za účelem zabezpečení místních záležitostí veřejného pořádku na vymezených veřejných prostranstvích</t>
   </si>
   <si>
     <t>2025-10-07</t>
   </si>
   <si>
-    <t>Běžný</t>
-[...1 lines deleted...]
-  <si>
     <t>veřejný pořádek - konzumace alkoholu; veřejný pořádek - žebrání</t>
   </si>
   <si>
     <t>zákon č. 128/2000 Sb., o obcích - § 10 písm. a) - konzumace alkoholu; zákon č. 128/2000 Sb., o obcích - § 10 písm. a) - žebrání</t>
   </si>
   <si>
     <t>4/2025: Obecně závaznou vyhlášku obce Psáry, kterou se zakazuje požívání alkoholu a jiných návykových látek a žebrání za účelem zabezpečení místních záležitostí veřejného pořádku na vymezených veřejných prostranstvích</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPFLG3CUXMCQKEY</t>
   </si>
   <si>
     <t>1581395969</t>
   </si>
   <si>
     <t>9/2025</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce Psáry, kterou se vydává požární řád obce</t>
   </si>
   <si>
     <t>požární ochrana - požární řád</t>
   </si>
   <si>
     <t>zákon č. 133/1985 Sb., o požární ochraně - § 29 odst. 1 písm. o) bod 1</t>
@@ -294,65 +318,59 @@
   <si>
     <t xml:space="preserve">o stanovení obecního systému odpadového hospodářství </t>
   </si>
   <si>
     <t>2025-05-02</t>
   </si>
   <si>
     <t>systém odpadového hospodářství</t>
   </si>
   <si>
     <t>zákon č. 541/2020 Sb., o odpadech - § 59 odst. 4</t>
   </si>
   <si>
     <t xml:space="preserve">1/2022: Obecně závazná vyhláška obce o stanovení obecního systému odpadového hospodářství </t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPSCGPEZGIQNEIA</t>
   </si>
   <si>
     <t>1511419937</t>
   </si>
   <si>
     <t>1/2025</t>
   </si>
   <si>
-    <t>o nočním klidu</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-03-07</t>
   </si>
   <si>
-    <t>noční klid</t>
-[...4 lines deleted...]
-  <si>
     <t>1/2024: o nočním klidu</t>
   </si>
   <si>
+    <t>1/2026: o nočním klidu</t>
+  </si>
+  <si>
     <t>https://sbirkapp.gov.cz/detail/SPP7FYEGRN6AX26O</t>
   </si>
   <si>
     <t>1483151179</t>
   </si>
   <si>
     <t>4/2007</t>
   </si>
   <si>
     <t>VÝMAZ</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1458351052</t>
   </si>
   <si>
     <t>3/2007</t>
   </si>
   <si>
     <t>1458349585</t>
   </si>
   <si>
     <t>3/2020</t>
@@ -634,53 +652,50 @@
     <t>1414427035</t>
   </si>
   <si>
     <t>2/2024</t>
   </si>
   <si>
     <t>o stanovení koeficientu daně z nemovitých věcí</t>
   </si>
   <si>
     <t>zákon č. 338/1992 Sb., o dani z nemovitých věcí - § 12 odst. 1 písm. a) bod 1</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPENN7TC2NVWWJ6</t>
   </si>
   <si>
     <t>1414425306</t>
   </si>
   <si>
     <t>1/2024</t>
   </si>
   <si>
     <t>2024-03-01</t>
   </si>
   <si>
     <t>1/2023: Obecně závazná vyhláška obce o nočním klidu</t>
-  </si>
-[...1 lines deleted...]
-    <t>1/2025: o nočním klidu</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPFVPCZIF4UYYVO</t>
   </si>
   <si>
     <t>1316077486</t>
   </si>
   <si>
     <t>1/2023</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce o nočním klidu</t>
   </si>
   <si>
     <t>2023-03-11</t>
   </si>
   <si>
     <t>3/2022: Obecně závazná vyhláška obce Psáry o nočním klidu</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPLJQHGSXRWHU4Q</t>
   </si>
   <si>
     <t>1148950749</t>
   </si>
@@ -1144,56 +1159,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFLG3CUXMCQKEY" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2SLB6RNZG4JN4" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVZBRUIAAK3D2K" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNUR7CZFWEUWKG" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNOOKOCKJTHRW6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3P7GNQSGCEKLK" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPL2YVPGD635XSY" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWX524OYDCHJNY" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSCGPEZGIQNEIA" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7FYEGRN6AX26O" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPF2UMVAI2DGXYY" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6KO2FNHTGGAZU" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPDRDE3C5HAHR6K" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIHEWIFNLLBBUC" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPE22RXZUTBFCF6" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7QW2IWGGRHGBC" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYB4UGEOTL6V34" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZ3EBIFBZ5UXNY" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPKFSVQXMFPCL5W" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPELE5TLDH6HE4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYIEHEENU6DAJA" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUBXWNQZS6ED42" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRO2YN3G6SQ7AG" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPENN7TC2NVWWJ6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFVPCZIF4UYYVO" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPLJQHGSXRWHU4Q" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHU2GAZZ53L2W6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMFMVIVNGCW34O" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSSASHLTCVWKIU" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHVH2AJA6GXNHA" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNIV2DYVH6A6ZQ" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPP3PSJ3KI4GTWG" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWHDZFPGGY3AVO" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPE2SPGUKJ2UTTQ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFLG3CUXMCQKEY" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2SLB6RNZG4JN4" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVZBRUIAAK3D2K" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNUR7CZFWEUWKG" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNOOKOCKJTHRW6" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3P7GNQSGCEKLK" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPL2YVPGD635XSY" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWX524OYDCHJNY" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSCGPEZGIQNEIA" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7FYEGRN6AX26O" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPF2UMVAI2DGXYY" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6KO2FNHTGGAZU" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPDRDE3C5HAHR6K" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIHEWIFNLLBBUC" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPE22RXZUTBFCF6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7QW2IWGGRHGBC" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYB4UGEOTL6V34" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZ3EBIFBZ5UXNY" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPKFSVQXMFPCL5W" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPELE5TLDH6HE4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYIEHEENU6DAJA" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUBXWNQZS6ED42" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRO2YN3G6SQ7AG" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPENN7TC2NVWWJ6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFVPCZIF4UYYVO" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPLJQHGSXRWHU4Q" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHU2GAZZ53L2W6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMFMVIVNGCW34O" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSSASHLTCVWKIU" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHVH2AJA6GXNHA" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNIV2DYVH6A6ZQ" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPP3PSJ3KI4GTWG" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWHDZFPGGY3AVO" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W38"/>
+  <dimension ref="A1:W39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="28.7109375" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" customWidth="1"/>
     <col min="13" max="13" width="70.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="70.7109375" customWidth="1"/>
     <col min="16" max="16" width="70.7109375" customWidth="1"/>
     <col min="17" max="17" width="70.7109375" customWidth="1"/>
@@ -1277,169 +1292,169 @@
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="1">
-        <v>45917</v>
+        <v>46078</v>
       </c>
       <c r="I2" s="1">
-        <v>45922.5676212745</v>
+        <v>46080.38758286677</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="K2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="P2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="b">
         <v>1</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="V2" t="s">
         <v>36</v>
       </c>
       <c r="W2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" s="1">
         <v>45917</v>
       </c>
       <c r="I3" s="1">
-        <v>45922.56649607994</v>
+        <v>45922.5676212745</v>
       </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="S3" t="b">
         <v>1</v>
       </c>
       <c r="U3" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="V3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="W3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>28</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H4" s="1">
-        <v>45826</v>
+        <v>45917</v>
       </c>
       <c r="I4" s="1">
-        <v>45827.63946454304</v>
+        <v>45922.56649607994</v>
       </c>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
       <c r="S4" t="b">
         <v>1</v>
       </c>
       <c r="U4" s="2" t="s">
         <v>50</v>
       </c>
       <c r="V4" t="s">
         <v>51</v>
       </c>
       <c r="W4">
         <v>1</v>
       </c>
@@ -1448,2095 +1463,2158 @@
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>52</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
         <v>53</v>
       </c>
       <c r="H5" s="1">
         <v>45826</v>
       </c>
       <c r="I5" s="1">
-        <v>45827.63840785969</v>
+        <v>45827.63946454304</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="S5" t="b">
         <v>1</v>
       </c>
       <c r="U5" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="V5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="W5">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H6" s="1">
         <v>45826</v>
       </c>
       <c r="I6" s="1">
-        <v>45827.63003423616</v>
+        <v>45827.63840785969</v>
       </c>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="S6" t="b">
         <v>1</v>
       </c>
       <c r="U6" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="V6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="W6">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H7" s="1">
         <v>45826</v>
       </c>
       <c r="I7" s="1">
-        <v>45827.6268872881</v>
+        <v>45827.63003423616</v>
       </c>
       <c r="J7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S7" t="b">
         <v>1</v>
       </c>
       <c r="U7" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H8" s="1">
         <v>45826</v>
       </c>
       <c r="I8" s="1">
-        <v>45827.62530828531</v>
+        <v>45827.6268872881</v>
       </c>
       <c r="J8" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K8" t="s">
         <v>31</v>
       </c>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="S8" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45937</v>
+        <v>1</v>
       </c>
       <c r="U8" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="V8" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H9" s="1">
         <v>45826</v>
       </c>
       <c r="I9" s="1">
-        <v>45827.62262191997</v>
+        <v>45827.62530828531</v>
       </c>
       <c r="J9" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K9" t="s">
         <v>31</v>
       </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="N9" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="P9" t="s">
-        <v>56</v>
+        <v>83</v>
+      </c>
+      <c r="R9" t="s">
+        <v>84</v>
       </c>
       <c r="S9" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T9" s="1">
+        <v>45937</v>
       </c>
       <c r="U9" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="V9" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="W9">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H10" s="1">
-        <v>45763</v>
+        <v>45826</v>
       </c>
       <c r="I10" s="1">
-        <v>45764.64722768479</v>
+        <v>45827.62262191997</v>
       </c>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="K10" t="s">
         <v>31</v>
       </c>
       <c r="M10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="S10" t="b">
         <v>1</v>
       </c>
       <c r="U10" s="2" t="s">
         <v>91</v>
       </c>
       <c r="V10" t="s">
         <v>92</v>
       </c>
       <c r="W10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>93</v>
       </c>
       <c r="F11" t="s">
         <v>28</v>
       </c>
       <c r="G11" t="s">
         <v>94</v>
       </c>
       <c r="H11" s="1">
-        <v>45707</v>
+        <v>45763</v>
       </c>
       <c r="I11" s="1">
-        <v>45708.59555102388</v>
+        <v>45764.64722768479</v>
       </c>
       <c r="J11" t="s">
         <v>95</v>
       </c>
       <c r="K11" t="s">
         <v>31</v>
       </c>
       <c r="M11" t="s">
         <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>97</v>
       </c>
       <c r="P11" t="s">
         <v>98</v>
       </c>
       <c r="S11" t="b">
         <v>1</v>
       </c>
       <c r="U11" s="2" t="s">
         <v>99</v>
       </c>
       <c r="V11" t="s">
         <v>100</v>
       </c>
       <c r="W11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>101</v>
       </c>
       <c r="F12" t="s">
+        <v>28</v>
+      </c>
+      <c r="G12" t="s">
+        <v>29</v>
+      </c>
+      <c r="H12" s="1">
+        <v>45707</v>
+      </c>
+      <c r="I12" s="1">
+        <v>45708.59555102388</v>
+      </c>
+      <c r="J12" t="s">
         <v>102</v>
       </c>
-      <c r="G12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>31</v>
       </c>
       <c r="M12" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
       <c r="N12" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="P12" t="s">
         <v>103</v>
       </c>
-      <c r="Q12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R12" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-        <v>103</v>
+        <v>104</v>
+      </c>
+      <c r="S12" t="b">
+        <v>0</v>
+      </c>
+      <c r="T12" s="1">
+        <v>46095</v>
+      </c>
+      <c r="U12" s="2" t="s">
+        <v>105</v>
       </c>
       <c r="V12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="W12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F13" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="G13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="H13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="I13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="J13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="L13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="N13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="Q13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="R13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="S13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="T13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="U13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="V13" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="W13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F14" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G14" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-        <v>45653.50221086681</v>
+        <v>109</v>
+      </c>
+      <c r="H14" t="s">
+        <v>109</v>
+      </c>
+      <c r="I14" t="s">
+        <v>109</v>
       </c>
       <c r="J14" t="s">
         <v>109</v>
       </c>
       <c r="K14" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>43886</v>
+        <v>109</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
       </c>
       <c r="M14" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="N14" t="s">
+        <v>109</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>109</v>
+      </c>
+      <c r="R14" t="s">
+        <v>109</v>
+      </c>
+      <c r="S14" t="s">
+        <v>109</v>
+      </c>
+      <c r="T14" t="s">
+        <v>109</v>
+      </c>
+      <c r="U14" t="s">
+        <v>109</v>
+      </c>
+      <c r="V14" t="s">
         <v>112</v>
       </c>
-      <c r="S14" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="W14">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15" t="s">
+        <v>114</v>
+      </c>
+      <c r="H15" s="1">
+        <v>43886</v>
+      </c>
+      <c r="I15" s="1">
+        <v>45653.50221086681</v>
+      </c>
+      <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
         <v>116</v>
       </c>
-      <c r="H15" s="1">
-[...5 lines deleted...]
-      <c r="J15" t="s">
+      <c r="L15" s="1">
+        <v>43886</v>
+      </c>
+      <c r="M15" t="s">
         <v>117</v>
       </c>
-      <c r="K15" t="s">
-[...5 lines deleted...]
-      <c r="M15" t="s">
+      <c r="N15" t="s">
         <v>118</v>
       </c>
-      <c r="N15" t="s">
+      <c r="S15" t="b">
+        <v>1</v>
+      </c>
+      <c r="U15" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="R15" t="s">
+      <c r="V15" t="s">
         <v>120</v>
       </c>
-      <c r="S15" t="b">
-[...10 lines deleted...]
-      </c>
       <c r="W15">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F16" t="s">
         <v>28</v>
       </c>
       <c r="G16" t="s">
+        <v>122</v>
+      </c>
+      <c r="H16" s="1">
+        <v>43273</v>
+      </c>
+      <c r="I16" s="1">
+        <v>45653.49317635399</v>
+      </c>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
+        <v>116</v>
+      </c>
+      <c r="L16" s="1">
+        <v>43273</v>
+      </c>
+      <c r="M16" t="s">
         <v>124</v>
       </c>
-      <c r="H16" s="1">
-[...5 lines deleted...]
-      <c r="J16" t="s">
+      <c r="N16" t="s">
         <v>125</v>
       </c>
-      <c r="K16" t="s">
-[...5 lines deleted...]
-      <c r="M16" t="s">
+      <c r="R16" t="s">
         <v>126</v>
       </c>
-      <c r="N16" t="s">
+      <c r="S16" t="b">
+        <v>0</v>
+      </c>
+      <c r="T16" s="1">
+        <v>45842</v>
+      </c>
+      <c r="U16" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="S16" t="b">
-[...2 lines deleted...]
-      <c r="U16" s="2" t="s">
+      <c r="V16" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
+        <v>129</v>
+      </c>
+      <c r="F17" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" t="s">
         <v>130</v>
       </c>
-      <c r="F17" t="s">
-[...9 lines deleted...]
-        <v>103</v>
+      <c r="H17" s="1">
+        <v>42912</v>
+      </c>
+      <c r="I17" s="1">
+        <v>45653.49099853585</v>
       </c>
       <c r="J17" t="s">
-        <v>103</v>
+        <v>131</v>
       </c>
       <c r="K17" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>116</v>
+      </c>
+      <c r="L17" s="1">
+        <v>42912</v>
       </c>
       <c r="M17" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
-        <v>103</v>
-[...20 lines deleted...]
-        <v>103</v>
+        <v>133</v>
+      </c>
+      <c r="S17" t="b">
+        <v>1</v>
+      </c>
+      <c r="U17" s="2" t="s">
+        <v>134</v>
       </c>
       <c r="V17" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="W17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F18" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G18" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>45653.48779689606</v>
+        <v>109</v>
+      </c>
+      <c r="H18" t="s">
+        <v>109</v>
+      </c>
+      <c r="I18" t="s">
+        <v>109</v>
       </c>
       <c r="J18" t="s">
-        <v>134</v>
+        <v>109</v>
       </c>
       <c r="K18" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>41829</v>
+        <v>109</v>
+      </c>
+      <c r="L18" t="s">
+        <v>109</v>
       </c>
       <c r="M18" t="s">
-        <v>135</v>
+        <v>109</v>
       </c>
       <c r="N18" t="s">
-        <v>136</v>
-[...4 lines deleted...]
-      <c r="U18" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="O18" t="s">
+        <v>109</v>
+      </c>
+      <c r="P18" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>109</v>
+      </c>
+      <c r="R18" t="s">
+        <v>109</v>
+      </c>
+      <c r="S18" t="s">
+        <v>109</v>
+      </c>
+      <c r="T18" t="s">
+        <v>109</v>
+      </c>
+      <c r="U18" t="s">
+        <v>109</v>
+      </c>
+      <c r="V18" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="W18">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F19" t="s">
         <v>28</v>
       </c>
       <c r="G19" t="s">
+        <v>139</v>
+      </c>
+      <c r="H19" s="1">
+        <v>41829</v>
+      </c>
+      <c r="I19" s="1">
+        <v>45653.48779689606</v>
+      </c>
+      <c r="J19" t="s">
         <v>140</v>
       </c>
-      <c r="H19" s="1">
-[...5 lines deleted...]
-      <c r="J19" t="s">
+      <c r="K19" t="s">
+        <v>116</v>
+      </c>
+      <c r="L19" s="1">
+        <v>41829</v>
+      </c>
+      <c r="M19" t="s">
         <v>141</v>
       </c>
-      <c r="K19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N19" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="R19" t="s">
         <v>142</v>
       </c>
       <c r="S19" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45937</v>
+        <v>1</v>
       </c>
       <c r="U19" s="2" t="s">
         <v>143</v>
       </c>
       <c r="V19" t="s">
         <v>144</v>
       </c>
       <c r="W19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>145</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
       <c r="G20" t="s">
         <v>146</v>
       </c>
       <c r="H20" s="1">
-        <v>39744</v>
+        <v>40080</v>
       </c>
       <c r="I20" s="1">
-        <v>45653.48410115998</v>
+        <v>45653.48568145333</v>
       </c>
       <c r="J20" t="s">
         <v>147</v>
       </c>
       <c r="K20" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="L20" s="1">
-        <v>39744</v>
+        <v>40080</v>
       </c>
       <c r="M20" t="s">
-        <v>135</v>
+        <v>47</v>
       </c>
       <c r="N20" t="s">
-        <v>136</v>
+        <v>48</v>
+      </c>
+      <c r="R20" t="s">
+        <v>148</v>
       </c>
       <c r="S20" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T20" s="1">
+        <v>45937</v>
       </c>
       <c r="U20" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="V20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H21" s="1">
-        <v>39800</v>
+        <v>39744</v>
       </c>
       <c r="I21" s="1">
-        <v>45653.48199792779</v>
+        <v>45653.48410115998</v>
       </c>
       <c r="J21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K21" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="L21" s="1">
-        <v>39800</v>
+        <v>39744</v>
       </c>
       <c r="M21" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="N21" t="s">
+        <v>142</v>
+      </c>
+      <c r="S21" t="b">
+        <v>1</v>
+      </c>
+      <c r="U21" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="R21" t="s">
+      <c r="V21" t="s">
         <v>155</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
       <c r="W21">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F22" t="s">
         <v>28</v>
       </c>
       <c r="G22" t="s">
+        <v>157</v>
+      </c>
+      <c r="H22" s="1">
+        <v>39800</v>
+      </c>
+      <c r="I22" s="1">
+        <v>45653.48199792779</v>
+      </c>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>116</v>
+      </c>
+      <c r="L22" s="1">
+        <v>39800</v>
+      </c>
+      <c r="M22" t="s">
         <v>159</v>
       </c>
-      <c r="H22" s="1">
-[...5 lines deleted...]
-      <c r="J22" t="s">
+      <c r="N22" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>62</v>
       </c>
       <c r="R22" t="s">
         <v>161</v>
       </c>
       <c r="S22" t="b">
         <v>0</v>
       </c>
       <c r="T22" s="1">
         <v>45842</v>
       </c>
       <c r="U22" s="2" t="s">
         <v>162</v>
       </c>
       <c r="V22" t="s">
         <v>163</v>
       </c>
       <c r="W22">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>164</v>
       </c>
       <c r="F23" t="s">
         <v>28</v>
       </c>
       <c r="G23" t="s">
         <v>165</v>
       </c>
       <c r="H23" s="1">
-        <v>38456</v>
+        <v>39248</v>
       </c>
       <c r="I23" s="1">
-        <v>45653.46327702365</v>
+        <v>45653.46697365024</v>
       </c>
       <c r="J23" t="s">
         <v>166</v>
       </c>
       <c r="K23" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="L23" s="1">
-        <v>38456</v>
+        <v>39248</v>
       </c>
       <c r="M23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N23" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="R23" t="s">
         <v>167</v>
       </c>
       <c r="S23" t="b">
         <v>0</v>
       </c>
       <c r="T23" s="1">
         <v>45842</v>
       </c>
       <c r="U23" s="2" t="s">
         <v>168</v>
       </c>
       <c r="V23" t="s">
         <v>169</v>
       </c>
       <c r="W23">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>170</v>
       </c>
       <c r="F24" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="G24" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>171</v>
+      </c>
+      <c r="H24" s="1">
+        <v>38456</v>
+      </c>
+      <c r="I24" s="1">
+        <v>45653.46327702365</v>
       </c>
       <c r="J24" t="s">
-        <v>103</v>
+        <v>172</v>
       </c>
       <c r="K24" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>116</v>
+      </c>
+      <c r="L24" s="1">
+        <v>38456</v>
       </c>
       <c r="M24" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="N24" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="R24" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-        <v>103</v>
+        <v>173</v>
+      </c>
+      <c r="S24" t="b">
+        <v>0</v>
+      </c>
+      <c r="T24" s="1">
+        <v>45842</v>
+      </c>
+      <c r="U24" s="2" t="s">
+        <v>174</v>
       </c>
       <c r="V24" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="W24">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="F25" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G25" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>45645.611330542</v>
+        <v>109</v>
+      </c>
+      <c r="H25" t="s">
+        <v>109</v>
+      </c>
+      <c r="I25" t="s">
+        <v>109</v>
       </c>
       <c r="J25" t="s">
-        <v>174</v>
+        <v>109</v>
       </c>
       <c r="K25" t="s">
-        <v>31</v>
+        <v>109</v>
+      </c>
+      <c r="L25" t="s">
+        <v>109</v>
       </c>
       <c r="M25" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="N25" t="s">
-        <v>48</v>
+        <v>109</v>
+      </c>
+      <c r="O25" t="s">
+        <v>109</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>109</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>109</v>
       </c>
       <c r="R25" t="s">
-        <v>176</v>
-[...7 lines deleted...]
-      <c r="U25" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="S25" t="s">
+        <v>109</v>
+      </c>
+      <c r="T25" t="s">
+        <v>109</v>
+      </c>
+      <c r="U25" t="s">
+        <v>109</v>
+      </c>
+      <c r="V25" t="s">
         <v>177</v>
       </c>
-      <c r="V25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W25">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>23</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="F26" t="s">
         <v>28</v>
       </c>
       <c r="G26" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="H26" s="1">
         <v>45637</v>
       </c>
       <c r="I26" s="1">
-        <v>45645.5987073622</v>
+        <v>45645.611330542</v>
       </c>
       <c r="J26" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="K26" t="s">
         <v>31</v>
       </c>
       <c r="M26" t="s">
+        <v>55</v>
+      </c>
+      <c r="N26" t="s">
+        <v>56</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+      <c r="R26" t="s">
         <v>182</v>
       </c>
-      <c r="N26" t="s">
+      <c r="S26" t="b">
+        <v>0</v>
+      </c>
+      <c r="T26" s="1">
+        <v>45842</v>
+      </c>
+      <c r="U26" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="P26" t="s">
+      <c r="V26" t="s">
         <v>184</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
       <c r="W26">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>23</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F27" t="s">
         <v>28</v>
       </c>
       <c r="G27" t="s">
+        <v>186</v>
+      </c>
+      <c r="H27" s="1">
+        <v>45637</v>
+      </c>
+      <c r="I27" s="1">
+        <v>45645.5987073622</v>
+      </c>
+      <c r="J27" t="s">
+        <v>187</v>
+      </c>
+      <c r="K27" t="s">
+        <v>31</v>
+      </c>
+      <c r="M27" t="s">
         <v>188</v>
       </c>
-      <c r="H27" s="1">
-[...5 lines deleted...]
-      <c r="J27" t="s">
+      <c r="N27" t="s">
         <v>189</v>
       </c>
-      <c r="K27" t="s">
-[...11 lines deleted...]
-      <c r="R27" t="s">
+      <c r="P27" t="s">
         <v>190</v>
       </c>
       <c r="S27" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>1</v>
       </c>
       <c r="U27" s="2" t="s">
         <v>191</v>
       </c>
       <c r="V27" t="s">
         <v>192</v>
       </c>
       <c r="W27">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>23</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>193</v>
       </c>
       <c r="F28" t="s">
         <v>28</v>
       </c>
       <c r="G28" t="s">
         <v>194</v>
       </c>
       <c r="H28" s="1">
-        <v>40805</v>
+        <v>39183</v>
       </c>
       <c r="I28" s="1">
-        <v>45554.62395788391</v>
+        <v>45645.59760161769</v>
       </c>
       <c r="J28" t="s">
         <v>195</v>
       </c>
       <c r="K28" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="L28" s="1">
-        <v>40805</v>
+        <v>39183</v>
       </c>
       <c r="M28" t="s">
+        <v>188</v>
+      </c>
+      <c r="N28" t="s">
+        <v>189</v>
+      </c>
+      <c r="R28" t="s">
         <v>196</v>
       </c>
-      <c r="N28" t="s">
+      <c r="S28" t="b">
+        <v>0</v>
+      </c>
+      <c r="T28" s="1">
+        <v>45660</v>
+      </c>
+      <c r="U28" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="S28" t="b">
-[...2 lines deleted...]
-      <c r="U28" s="2" t="s">
+      <c r="V28" t="s">
         <v>198</v>
       </c>
-      <c r="V28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W28">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>23</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F29" t="s">
         <v>28</v>
       </c>
       <c r="G29" t="s">
+        <v>200</v>
+      </c>
+      <c r="H29" s="1">
+        <v>40805</v>
+      </c>
+      <c r="I29" s="1">
+        <v>45554.62395788391</v>
+      </c>
+      <c r="J29" t="s">
         <v>201</v>
       </c>
-      <c r="H29" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="K29" t="s">
-        <v>31</v>
+        <v>116</v>
+      </c>
+      <c r="L29" s="1">
+        <v>40805</v>
       </c>
       <c r="M29" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="N29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="S29" t="b">
         <v>1</v>
       </c>
       <c r="U29" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="V29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="W29">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>23</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F30" t="s">
         <v>28</v>
       </c>
       <c r="G30" t="s">
-        <v>94</v>
+        <v>207</v>
       </c>
       <c r="H30" s="1">
-        <v>45336</v>
+        <v>45553</v>
       </c>
       <c r="I30" s="1">
-        <v>45337.66346036722</v>
+        <v>45554.62184741367</v>
       </c>
       <c r="J30" t="s">
-        <v>206</v>
+        <v>180</v>
       </c>
       <c r="K30" t="s">
         <v>31</v>
       </c>
       <c r="M30" t="s">
-        <v>96</v>
+        <v>202</v>
       </c>
       <c r="N30" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-      <c r="R30" t="s">
         <v>208</v>
       </c>
       <c r="S30" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45723</v>
+        <v>1</v>
       </c>
       <c r="U30" s="2" t="s">
         <v>209</v>
       </c>
       <c r="V30" t="s">
         <v>210</v>
       </c>
       <c r="W30">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>211</v>
       </c>
       <c r="F31" t="s">
         <v>28</v>
       </c>
       <c r="G31" t="s">
+        <v>29</v>
+      </c>
+      <c r="H31" s="1">
+        <v>45336</v>
+      </c>
+      <c r="I31" s="1">
+        <v>45337.66346036722</v>
+      </c>
+      <c r="J31" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
       <c r="K31" t="s">
         <v>31</v>
       </c>
       <c r="M31" t="s">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="N31" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="P31" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="R31" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="S31" t="b">
         <v>0</v>
       </c>
       <c r="T31" s="1">
-        <v>45352</v>
+        <v>45723</v>
       </c>
       <c r="U31" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="V31" t="s">
         <v>215</v>
       </c>
-      <c r="V31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W31">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="F32" t="s">
         <v>28</v>
       </c>
       <c r="G32" t="s">
+        <v>217</v>
+      </c>
+      <c r="H32" s="1">
+        <v>44979</v>
+      </c>
+      <c r="I32" s="1">
+        <v>44981.43027376891</v>
+      </c>
+      <c r="J32" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>219</v>
       </c>
       <c r="K32" t="s">
         <v>31</v>
       </c>
       <c r="M32" t="s">
+        <v>32</v>
+      </c>
+      <c r="N32" t="s">
+        <v>33</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+      <c r="R32" t="s">
+        <v>103</v>
+      </c>
+      <c r="S32" t="b">
+        <v>0</v>
+      </c>
+      <c r="T32" s="1">
+        <v>45352</v>
+      </c>
+      <c r="U32" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="N32" t="s">
+      <c r="V32" t="s">
         <v>221</v>
       </c>
-      <c r="S32" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="W32">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>23</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="F33" t="s">
         <v>28</v>
       </c>
       <c r="G33" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="H33" s="1">
         <v>44909</v>
       </c>
       <c r="I33" s="1">
-        <v>44911.38485672005</v>
+        <v>44915.57957689429</v>
       </c>
       <c r="J33" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="K33" t="s">
         <v>31</v>
       </c>
       <c r="M33" t="s">
-        <v>47</v>
+        <v>225</v>
       </c>
       <c r="N33" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="P33" t="s">
         <v>226</v>
       </c>
       <c r="S33" t="b">
         <v>1</v>
       </c>
       <c r="U33" s="2" t="s">
         <v>227</v>
       </c>
       <c r="V33" t="s">
         <v>228</v>
       </c>
       <c r="W33">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>23</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>229</v>
       </c>
       <c r="F34" t="s">
         <v>28</v>
       </c>
       <c r="G34" t="s">
         <v>230</v>
       </c>
       <c r="H34" s="1">
-        <v>44825</v>
+        <v>44909</v>
       </c>
       <c r="I34" s="1">
-        <v>44827.48316715997</v>
+        <v>44911.38485672005</v>
       </c>
       <c r="J34" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="K34" t="s">
         <v>31</v>
       </c>
       <c r="M34" t="s">
+        <v>55</v>
+      </c>
+      <c r="N34" t="s">
+        <v>56</v>
+      </c>
+      <c r="P34" t="s">
+        <v>231</v>
+      </c>
+      <c r="S34" t="b">
+        <v>1</v>
+      </c>
+      <c r="U34" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="N34" t="s">
+      <c r="V34" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
       <c r="W34">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>23</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F35" t="s">
         <v>28</v>
       </c>
       <c r="G35" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="H35" s="1">
-        <v>44608</v>
+        <v>44825</v>
       </c>
       <c r="I35" s="1">
-        <v>44609.6239270925</v>
+        <v>44827.48316715997</v>
       </c>
       <c r="J35" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="K35" t="s">
         <v>31</v>
       </c>
       <c r="M35" t="s">
-        <v>96</v>
+        <v>237</v>
       </c>
       <c r="N35" t="s">
+        <v>238</v>
+      </c>
+      <c r="S35" t="b">
+        <v>1</v>
+      </c>
+      <c r="U35" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="R35" t="s">
-[...8 lines deleted...]
-      <c r="U35" s="2" t="s">
+      <c r="V35" t="s">
         <v>240</v>
       </c>
-      <c r="V35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W35">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>23</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F36" t="s">
         <v>28</v>
       </c>
       <c r="G36" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="H36" s="1">
         <v>44608</v>
       </c>
       <c r="I36" s="1">
-        <v>44609.61398680606</v>
+        <v>44609.6239270925</v>
       </c>
       <c r="J36" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="K36" t="s">
         <v>31</v>
       </c>
       <c r="M36" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="N36" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="R36" t="s">
-        <v>244</v>
+        <v>213</v>
       </c>
       <c r="S36" t="b">
         <v>0</v>
       </c>
       <c r="T36" s="1">
-        <v>45658</v>
+        <v>44996</v>
       </c>
       <c r="U36" s="2" t="s">
         <v>245</v>
       </c>
       <c r="V36" t="s">
         <v>246</v>
       </c>
       <c r="W36">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>247</v>
       </c>
       <c r="F37" t="s">
         <v>28</v>
       </c>
       <c r="G37" t="s">
         <v>248</v>
       </c>
       <c r="H37" s="1">
-        <v>44540</v>
+        <v>44608</v>
       </c>
       <c r="I37" s="1">
-        <v>44609.61187951223</v>
+        <v>44609.61398680606</v>
       </c>
       <c r="J37" t="s">
+        <v>243</v>
+      </c>
+      <c r="K37" t="s">
+        <v>31</v>
+      </c>
+      <c r="M37" t="s">
+        <v>55</v>
+      </c>
+      <c r="N37" t="s">
+        <v>56</v>
+      </c>
+      <c r="O37" t="s">
+        <v>231</v>
+      </c>
+      <c r="R37" t="s">
         <v>249</v>
-      </c>
-[...16 lines deleted...]
-        <v>253</v>
       </c>
       <c r="S37" t="b">
         <v>0</v>
       </c>
       <c r="T37" s="1">
-        <v>44927</v>
+        <v>45658</v>
       </c>
       <c r="U37" s="2" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="V37" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="W37">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
         <v>23</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F38" t="s">
         <v>28</v>
       </c>
       <c r="G38" t="s">
+        <v>253</v>
+      </c>
+      <c r="H38" s="1">
+        <v>44540</v>
+      </c>
+      <c r="I38" s="1">
+        <v>44609.61187951223</v>
+      </c>
+      <c r="J38" t="s">
+        <v>254</v>
+      </c>
+      <c r="K38" t="s">
+        <v>116</v>
+      </c>
+      <c r="L38" s="1">
+        <v>44540</v>
+      </c>
+      <c r="M38" t="s">
+        <v>255</v>
+      </c>
+      <c r="N38" t="s">
+        <v>256</v>
+      </c>
+      <c r="Q38" t="s">
         <v>257</v>
-      </c>
-[...16 lines deleted...]
-        <v>89</v>
       </c>
       <c r="R38" t="s">
         <v>258</v>
       </c>
       <c r="S38" t="b">
         <v>0</v>
       </c>
       <c r="T38" s="1">
-        <v>45779</v>
+        <v>44927</v>
       </c>
       <c r="U38" s="2" t="s">
         <v>259</v>
       </c>
       <c r="V38" t="s">
         <v>260</v>
       </c>
       <c r="W38">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:23">
+      <c r="A39" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" t="s">
+        <v>261</v>
+      </c>
+      <c r="F39" t="s">
+        <v>28</v>
+      </c>
+      <c r="G39" t="s">
+        <v>262</v>
+      </c>
+      <c r="H39" s="1">
+        <v>44608</v>
+      </c>
+      <c r="I39" s="1">
+        <v>44609.57928771144</v>
+      </c>
+      <c r="J39" t="s">
+        <v>243</v>
+      </c>
+      <c r="K39" t="s">
+        <v>31</v>
+      </c>
+      <c r="M39" t="s">
+        <v>96</v>
+      </c>
+      <c r="N39" t="s">
+        <v>97</v>
+      </c>
+      <c r="R39" t="s">
+        <v>263</v>
+      </c>
+      <c r="S39" t="b">
+        <v>0</v>
+      </c>
+      <c r="T39" s="1">
+        <v>45779</v>
+      </c>
+      <c r="U39" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="V39" t="s">
+        <v>265</v>
+      </c>
+      <c r="W39">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>
     <hyperlink ref="U11" r:id="rId10"/>
-    <hyperlink ref="U14" r:id="rId11"/>
+    <hyperlink ref="U12" r:id="rId11"/>
     <hyperlink ref="U15" r:id="rId12"/>
     <hyperlink ref="U16" r:id="rId13"/>
-    <hyperlink ref="U18" r:id="rId14"/>
+    <hyperlink ref="U17" r:id="rId14"/>
     <hyperlink ref="U19" r:id="rId15"/>
     <hyperlink ref="U20" r:id="rId16"/>
     <hyperlink ref="U21" r:id="rId17"/>
     <hyperlink ref="U22" r:id="rId18"/>
     <hyperlink ref="U23" r:id="rId19"/>
-    <hyperlink ref="U25" r:id="rId20"/>
+    <hyperlink ref="U24" r:id="rId20"/>
     <hyperlink ref="U26" r:id="rId21"/>
     <hyperlink ref="U27" r:id="rId22"/>
     <hyperlink ref="U28" r:id="rId23"/>
     <hyperlink ref="U29" r:id="rId24"/>
     <hyperlink ref="U30" r:id="rId25"/>
     <hyperlink ref="U31" r:id="rId26"/>
     <hyperlink ref="U32" r:id="rId27"/>
     <hyperlink ref="U33" r:id="rId28"/>
     <hyperlink ref="U34" r:id="rId29"/>
     <hyperlink ref="U35" r:id="rId30"/>
     <hyperlink ref="U36" r:id="rId31"/>
     <hyperlink ref="U37" r:id="rId32"/>
     <hyperlink ref="U38" r:id="rId33"/>
+    <hyperlink ref="U39" r:id="rId34"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>