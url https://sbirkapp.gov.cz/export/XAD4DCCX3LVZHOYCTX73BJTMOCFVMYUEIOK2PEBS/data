--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="76">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -93,129 +93,189 @@
   <si>
     <t>Zrušeno k</t>
   </si>
   <si>
     <t>URL záznamu</t>
   </si>
   <si>
     <t>ID zprávy prvotního vkladu</t>
   </si>
   <si>
     <t>Verze</t>
   </si>
   <si>
     <t>Obec Přestavlky</t>
   </si>
   <si>
     <t>00486264</t>
   </si>
   <si>
     <t>rtubp6w</t>
   </si>
   <si>
     <t>Pardubický kraj</t>
   </si>
   <si>
+    <t>3/2026</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška obce Přestavlky o nočním klidu</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>Běžný</t>
+  </si>
+  <si>
+    <t>noční klid</t>
+  </si>
+  <si>
+    <t>zákon č. 251/2016 Sb., o některých přestupcích - § 5 odst. 7</t>
+  </si>
+  <si>
+    <t>2/2025: Obecně závazná vyhláška obce Přestavlky č. 2/2025 o nočním klidu</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPPVO67LXV43WHXA</t>
+  </si>
+  <si>
+    <t>1634057809</t>
+  </si>
+  <si>
+    <t>2/2026</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška obce Přestavlky, kterou se vydává požární řád obce</t>
+  </si>
+  <si>
+    <t>požární ochrana - požární řád</t>
+  </si>
+  <si>
+    <t>zákon č. 133/1985 Sb., o požární ochraně - § 29 odst. 1 písm. o) bod 1</t>
+  </si>
+  <si>
+    <t>1/2025: Obecně závazná vyhláška č. 1/2025, kterou se vydává Požární řád obce</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPP55UJRVNJVBL5A</t>
+  </si>
+  <si>
+    <t>1634057082</t>
+  </si>
+  <si>
+    <t>1/2026</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška obce  Přestavlky č.3/2025 o místním poplatku za obecní systém odpadového hodpodářství</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>místní poplatek za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>1/2023: Obecně závazná vyhláška obce č. 1/2023, o místním poplatku za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPP2W7W756WXJWZY</t>
+  </si>
+  <si>
+    <t>1632318179</t>
+  </si>
+  <si>
     <t>2/2025</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška</t>
-[...1 lines deleted...]
-  <si>
     <t>Obecně závazná vyhláška obce Přestavlky č. 2/2025 o nočním klidu</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
-    <t>Běžný</t>
-[...5 lines deleted...]
-    <t>zákon č. 251/2016 Sb., o některých přestupcích - § 5 odst. 7</t>
+    <t>3/2026: Obecně závazná vyhláška obce Přestavlky o nočním klidu</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPTIBRRKBEWZMNY</t>
   </si>
   <si>
     <t>1569359153</t>
   </si>
   <si>
     <t>1/2025</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška č. 1/2025, kterou se vydává Požární řád obce</t>
   </si>
   <si>
     <t>2025-03-30</t>
   </si>
   <si>
-    <t>požární ochrana - požární řád</t>
-[...2 lines deleted...]
-    <t>zákon č. 133/1985 Sb., o požární ochraně - § 29 odst. 1 písm. o) bod 1</t>
+    <t>2/2026: Obecně závazná vyhláška obce Přestavlky, kterou se vydává požární řád obce</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPNHH7UARCCLPJW</t>
   </si>
   <si>
     <t>1494681326</t>
   </si>
   <si>
     <t>2/2023</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce č. 2/2023, o místním poplatku ze psů</t>
   </si>
   <si>
     <t>2024-01-01</t>
   </si>
   <si>
     <t>místní poplatek ze psů</t>
   </si>
   <si>
     <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - ze psů</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPNEVBOOYJMXS2I</t>
   </si>
   <si>
     <t>1286747807</t>
   </si>
   <si>
     <t>1/2023</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce č. 1/2023, o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
-    <t>místní poplatek za obecní systém odpadového hospodářství</t>
-[...2 lines deleted...]
-    <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za obecní systém odpadového hospodářství</t>
+    <t>1/2026: Obecně závazná vyhláška obce  Přestavlky č.3/2025 o místním poplatku za obecní systém odpadového hodpodářství</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPP6LN7WMO3HURXO</t>
   </si>
   <si>
     <t>1286747321</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -529,84 +589,84 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTIBRRKBEWZMNY" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNHH7UARCCLPJW" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNEVBOOYJMXS2I" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6LN7WMO3HURXO" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVO67LXV43WHXA" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP55UJRVNJVBL5A" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2W7W756WXJWZY" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTIBRRKBEWZMNY" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNHH7UARCCLPJW" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNEVBOOYJMXS2I" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6LN7WMO3HURXO" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W5"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="17.7109375" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="7.7109375" customWidth="1"/>
     <col min="12" max="12" width="6.7109375" customWidth="1"/>
     <col min="13" max="13" width="58.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="2.7109375" customWidth="1"/>
-    <col min="16" max="16" width="2.7109375" customWidth="1"/>
+    <col min="16" max="16" width="70.7109375" customWidth="1"/>
     <col min="17" max="17" width="2.7109375" customWidth="1"/>
-    <col min="18" max="18" width="2.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="20" max="20" width="6.7109375" customWidth="1"/>
+    <col min="18" max="18" width="70.7109375" customWidth="1"/>
+    <col min="19" max="19" width="7.7109375" customWidth="1"/>
+    <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="49.7109375" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="3.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -662,245 +722,434 @@
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="1">
-        <v>45838</v>
+        <v>46006</v>
       </c>
       <c r="I2" s="1">
-        <v>45894.7965003909</v>
+        <v>46036.88352126307</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="K2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
+      <c r="P2" t="s">
+        <v>34</v>
+      </c>
       <c r="S2" t="b">
         <v>1</v>
       </c>
       <c r="U2" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="V2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="W2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H3" s="1">
-        <v>45726</v>
+        <v>46006</v>
       </c>
       <c r="I3" s="1">
-        <v>45731.80567790863</v>
+        <v>46036.8824634147</v>
       </c>
       <c r="J3" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>40</v>
       </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
       <c r="S3" t="b">
         <v>1</v>
       </c>
       <c r="U3" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="V3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>28</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H4" s="1">
-        <v>45271</v>
+        <v>46006</v>
       </c>
       <c r="I4" s="1">
-        <v>45276.44733390783</v>
+        <v>46034.85466674821</v>
       </c>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>47</v>
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
       </c>
       <c r="S4" t="b">
         <v>1</v>
       </c>
       <c r="U4" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="V4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="W4">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H5" s="1">
-        <v>45271</v>
+        <v>45838</v>
       </c>
       <c r="I5" s="1">
-        <v>45276.44468571749</v>
+        <v>45894.7965003909</v>
       </c>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="N5" t="s">
-        <v>53</v>
+        <v>33</v>
+      </c>
+      <c r="R5" t="s">
+        <v>55</v>
       </c>
       <c r="S5" t="b">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1">
+        <v>46051</v>
+      </c>
+      <c r="U5" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="V5" t="s">
+        <v>57</v>
+      </c>
+      <c r="W5">
         <v>1</v>
       </c>
-      <c r="U5" s="2" t="s">
-[...5 lines deleted...]
-      <c r="W5">
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" s="1">
+        <v>45726</v>
+      </c>
+      <c r="I6" s="1">
+        <v>45731.80567790863</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>31</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="R6" t="s">
+        <v>61</v>
+      </c>
+      <c r="S6" t="b">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1">
+        <v>46051</v>
+      </c>
+      <c r="U6" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="V6" t="s">
+        <v>63</v>
+      </c>
+      <c r="W6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7" s="1">
+        <v>45271</v>
+      </c>
+      <c r="I7" s="1">
+        <v>45276.44733390783</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>31</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>68</v>
+      </c>
+      <c r="S7" t="b">
+        <v>1</v>
+      </c>
+      <c r="U7" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="V7" t="s">
+        <v>70</v>
+      </c>
+      <c r="W7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8" s="1">
+        <v>45271</v>
+      </c>
+      <c r="I8" s="1">
+        <v>45276.44468571749</v>
+      </c>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>31</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>48</v>
+      </c>
+      <c r="R8" t="s">
+        <v>73</v>
+      </c>
+      <c r="S8" t="b">
+        <v>0</v>
+      </c>
+      <c r="T8" s="1">
+        <v>46049</v>
+      </c>
+      <c r="U8" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="V8" t="s">
+        <v>75</v>
+      </c>
+      <c r="W8">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
+    <hyperlink ref="U6" r:id="rId5"/>
+    <hyperlink ref="U7" r:id="rId6"/>
+    <hyperlink ref="U8" r:id="rId7"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>