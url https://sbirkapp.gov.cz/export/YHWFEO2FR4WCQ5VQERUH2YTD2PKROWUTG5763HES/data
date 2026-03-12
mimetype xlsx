--- v0 (2025-12-30)
+++ v1 (2026-03-12)
@@ -924,51 +924,51 @@
       <c r="H4" s="1">
         <v>45275</v>
       </c>
       <c r="I4" s="1">
         <v>45276.86246839279</v>
       </c>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>39</v>
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
       <c r="R4" t="s">
         <v>46</v>
       </c>
       <c r="S4" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1">
         <v>46023</v>
       </c>
       <c r="U4" s="2" t="s">
         <v>47</v>
       </c>
       <c r="V4" t="s">
         <v>48</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
@@ -1098,51 +1098,51 @@
       <c r="H7" s="1">
         <v>45275</v>
       </c>
       <c r="I7" s="1">
         <v>45276.85008428839</v>
       </c>
       <c r="J7" t="s">
         <v>44</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
         <v>29</v>
       </c>
       <c r="N7" t="s">
         <v>32</v>
       </c>
       <c r="P7" t="s">
         <v>65</v>
       </c>
       <c r="R7" t="s">
         <v>66</v>
       </c>
       <c r="S7" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1">
         <v>46023</v>
       </c>
       <c r="U7" s="2" t="s">
         <v>67</v>
       </c>
       <c r="V7" t="s">
         <v>68</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">